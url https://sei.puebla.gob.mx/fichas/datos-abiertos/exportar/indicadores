--- v0 (2026-02-01)
+++ v1 (2026-03-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="619">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="620">
   <si>
     <t>ID Indicador</t>
   </si>
   <si>
     <t>ID Dimensión</t>
   </si>
   <si>
     <t>Nombre Dimensión</t>
   </si>
   <si>
     <t>ID Temática Padre</t>
   </si>
   <si>
     <t>Nombre Temática</t>
   </si>
   <si>
     <t>Nombre Indicador</t>
   </si>
   <si>
     <t>Nombre Técnico (único)</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
@@ -822,76 +822,80 @@
   <si>
     <t>Coeficiente de Gini</t>
   </si>
   <si>
     <t>coeficiente_de_gini</t>
   </si>
   <si>
     <t>Mide la desigualdad económica. Se representa con un número entre 0 y 1, donde 0 representa una igualdad perfecta y 1 representa una desigualdad perfecta.</t>
   </si>
   <si>
     <t>Índice</t>
   </si>
   <si>
     <t>Se basa en la curva de Lorenz, que compara la distribución acumulada del ingreso con la distribución acumulada de la población.</t>
   </si>
   <si>
     <t>Promedio de alumnos inscritos por escuela según nivel educativo de educación básica</t>
   </si>
   <si>
     <t>promedio_de_alumnos_inscritos_por_escuela_segun_nivel_educativo_de_educacion_basica</t>
   </si>
   <si>
     <t>La relación alumno/escuela es el promedio de alumnos inscritos por escuela de nivel básico en el municipio.</t>
   </si>
   <si>
-    <t xml:space="preserve">Elaboración propia con en datos de la SEP. Sistema Interactivo de Consulta Estadística Educativa, Ciclo escolar 2021/2022, 2022/2023 y 2023/2024. </t>
+    <t>Elaboración propia con en datos de la SEP. Sistema Interactivo de Consulta Estadística Educativa, Ciclo escolar 2021/2022, 2022/2023, 2023/2024 y 2024/2025.</t>
   </si>
   <si>
     <t>El cociente de la matrícula total del nivel educativo preescolar, primaria o secundaria de control púbico en el municipio en el ciclo escolar n entre el total de escuelas de control púbico del nivel educativo preescolar, primaria o secundaria) en el municipio en el mismo ciclo escolar. 
-Nota: El año 2022 hace referencia al ciclo escolar 2021-2022; El año 2023 hace referencia al ciclo escolar 2022-2023 y El año 2024 hace referencia al ciclo escolar 2023-2024.</t>
+Nota: El año 2022 hace referencia al ciclo escolar 2021-2022; El año 2023 hace referencia al ciclo escolar 2022-2023; El año 2024 hace referencia al ciclo escolar 2023-2024 y El año 2025 hace referencia al ciclo escolar 2024-2025.</t>
   </si>
   <si>
     <t>Promedio de alumnos atendidos por grupo según nivel educativo de educación básica</t>
   </si>
   <si>
     <t>promedio_de_alumnos_atendidos_por_grupo_segun_nivel_educativo_de_educacion_basica</t>
   </si>
   <si>
     <t>La relación alumno/grupo es el promedio de alumnos atendidos por grupo de nivel básico en el municipio.</t>
   </si>
   <si>
-    <t>El cociente de la matrícula total del nivel educativo preescolar, primaria o secundaria) de control púbico en el municipio en el ciclo escolar n entre el total de grupos en escuelas de control púbico del nivel educativo preescolar, primaria o secundaria) en el municipio en el mismo ciclo escolar.</t>
+    <t>El cociente de la matrícula total del nivel educativo preescolar, primaria o secundaria) de control púbico en el municipio en el ciclo escolar n entre el total de grupos en escuelas de control púbico del nivel educativo preescolar, primaria o secundaria) en el municipio en el mismo ciclo escolar.
+Nota: El año 2022 hace referencia al ciclo escolar 2021-2022; El año 2023 hace referencia al ciclo escolar 2022-2023; El año 2024 hace referencia al ciclo escolar 2023-2024 y El año 2025 hace referencia al ciclo escolar 2024-2025.</t>
   </si>
   <si>
     <t>Promedio de alumnos atendidos por un maestro según nivel educativo de educación básica</t>
   </si>
   <si>
     <t>promedio_de_alumnos_atendidos_por_un_maestro_segun_nivel_educativo_de_educacion_basica</t>
   </si>
   <si>
     <t>La relación alumno/maestro es el promedio de alumnos atendidos por un maestro en una escuela de nivel básico en el municipio.</t>
+  </si>
+  <si>
+    <t>Elaboración propia con en datos de la SEP. Sistema Interactivo de Consulta Estadística Educativa, Ciclo escolar 2021/2022, 2023/2024 y 2024/2025.</t>
   </si>
   <si>
     <t>El cociente de la matrícula total del nivel educativo preescolar, primaria o secundaria de control púbico en el municipio en el ciclo escolar n entre el total de profesores existentes en escuelas de control púbico del nivel educativo preescolar, primaria o secundaria en el municipio en el ciclo escolar. 
 Nota: El año 2022 hace referencia al ciclo escolar 2021-2022; El año 2023 hace referencia al ciclo escolar 2022-2023 y El año 2024 hace referencia al ciclo escolar 2023-2024.</t>
   </si>
   <si>
     <t>Económico</t>
   </si>
   <si>
     <t>Sistema de Cuentas Nacionales</t>
   </si>
   <si>
     <t>Producción bruta total (Millones de pesos)</t>
   </si>
   <si>
     <t>produccion_bruta_total_millones_de_pesos</t>
   </si>
   <si>
     <t>Es el valor de todos los bienes y servicios producidos o comercializados por la unidad económica como resultado del ejercicio de sus actividades.</t>
   </si>
   <si>
     <t>INEGI. Censos Económicos. Sistema Automatizado de Información Censal  2019 y 2024.</t>
   </si>
   <si>
     <t>Es la suma total del valor de los productos elaborados; el margen bruto de comercialización; las obras ejecutadas; los ingresos por la prestación de servicios, así como el alquiler de maquinaria y equipo, y otros bienes muebles e inmuebles; el valor de los activos fijos producidos para uso propio, entre otros. Incluye: la variación de existencias de productos en proceso. Los bienes y servicios se valoran a precios productor.</t>
@@ -977,51 +981,51 @@
   <si>
     <t>Es la suma de los hombres y mujeres que trabajaron durante el periodo de referencia dependiendo contractualmente o no de la unidad económica, sujetas a su dirección y control en cada sector.</t>
   </si>
   <si>
     <t>Porcentaje de personal ocupado por sector</t>
   </si>
   <si>
     <t>porcentaje_de_personal_ocupado_por_sector</t>
   </si>
   <si>
     <t>Es la distribución porcentual de personas ocupadas en los sectores económico primario, secundario y terciario, durante el periodo de referencia.</t>
   </si>
   <si>
     <t xml:space="preserve">Es el cociente del personal ocupado en un sector específico primario, secundario o terciario entre el personal ocupado total, multiplicado por 100.  </t>
   </si>
   <si>
     <t>Puestos de trabajo registrados en el IMSS según relación laboral</t>
   </si>
   <si>
     <t>puestos_de_trabajo_registrados_en_el_imss_segun_relacion_laboral</t>
   </si>
   <si>
     <t>Representa el número de puestos de trabajo formales registrados por los patrones ante el Instituto Mexicano Seguro Social en un año determinado.</t>
   </si>
   <si>
-    <t>INEGI. México en Cifras 2021, 2022, 2023 y 2024.</t>
+    <t>INEGI. México en Cifras 2021, 2022, 2023, 2024 y 2025..</t>
   </si>
   <si>
     <t>Es la suma del número de puestos de trabajo registrados por los patrones en el IMSS al año.</t>
   </si>
   <si>
     <t>Tasa de crecimiento anual de los puestos de trabajo registrados en el IMSS</t>
   </si>
   <si>
     <t>tasa_de_crecimiento_anual_de_los_puestos_de_trabajo_registrados_en_el_imss</t>
   </si>
   <si>
     <t xml:space="preserve">Representa la variación porcentual de los puestos de trabajo formales registrados por los patrones ante el Instituto Mexicano Seguro Social, en comparación con el mismo periodo del año anterior.
 </t>
   </si>
   <si>
     <t>Elaboración propia con base en el INEGI. México en Cifras 2020, 2022, 2022, 2023 y 2024.</t>
   </si>
   <si>
     <t>Es el cociente del total de puestos de trabajo formales registrados por los patrones en el IMSS al año t y el total de puestos de trabajo formales registrados por los patrones en el IMSS al año t-1, menos 1, multiplicado por 100.</t>
   </si>
   <si>
     <t>Unidades Económicas</t>
   </si>
   <si>
     <t>unidades_economicas</t>
@@ -1745,192 +1749,192 @@
   <si>
     <t xml:space="preserve">Representa el porcentaje de personas de 18 y más que consideran que las autoridades públicas incurren en actos de corrupción según tipo de autoridad. </t>
   </si>
   <si>
     <t>INEGI. Encuesta Nacional de Victimización y Percepción Sobre Seguridad Pública (ENVIPE), 2022, 2023 y 2024.</t>
   </si>
   <si>
     <t>Es el cociente de la población de 18 años y más del municipio que considera corrupta a las autoridades como policía de tránsito, policía preventiva, policía estatal, Guardia Nacional, Policía Ministerial, Judicial o de investigación, Ministerio Público (MP) y Fiscalías Estatales, Fiscalía General de la República (FGR), Ejército, Marina, entre la población de 18 años y más en el municipio.</t>
   </si>
   <si>
     <t>Porcentaje de personas de 18 y más con percepción de inseguridad</t>
   </si>
   <si>
     <t>Percepcion_inseguridad</t>
   </si>
   <si>
     <t>Representa el porcentaje de población de 18 años y más que considera que viven en un estado inseguro.</t>
   </si>
   <si>
     <t>Es el cociente de la población de 18 años y más del municipio que considera insegura su entidad federativa entre la población de 18 años y más en el municipio.</t>
   </si>
   <si>
     <t>Seguridad Pública</t>
   </si>
   <si>
+    <t>Número de elementos o policías capacitados</t>
+  </si>
+  <si>
+    <t>Elementos_capacitados</t>
+  </si>
+  <si>
+    <t>Personal capacitado adscrito la institución encargada de la función de seguridad pública por tema.</t>
+  </si>
+  <si>
+    <t>Es la suma de policías de la organización policial en el municipio capacitados según el tema, en el periodo de referencia</t>
+  </si>
+  <si>
+    <t>Parque vehícular la administración pública municipal por tipo</t>
+  </si>
+  <si>
+    <t>Parque_vehicular</t>
+  </si>
+  <si>
+    <t>Representa el número de unidades en funcionamiento que conforman el parque vehícular de la administración pública municipal.</t>
+  </si>
+  <si>
+    <t>Es la suma de los vehículos por tipo que conforma el parque vehicular de la institución pública municipal</t>
+  </si>
+  <si>
+    <t>Accidentes de tránsito terrestre según causa</t>
+  </si>
+  <si>
+    <t>Accidentes_terrestes</t>
+  </si>
+  <si>
+    <t>Representa el número de accidentes de tránsito terrestre según causa en zonas urbanas y suburbanas del municipio.</t>
+  </si>
+  <si>
+    <t>INEGI. Estadísticas de accidentes de tránsito terrestre en zonas urbanas y suburbanas, 2022, 2023 y 2024.</t>
+  </si>
+  <si>
+    <t>lineal</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Es la suma accidentes de tránsito terrestre según la causa del accidente en el municipio. </t>
+  </si>
+  <si>
+    <t>Número de llamadas recibidas que fueron atendidas</t>
+  </si>
+  <si>
+    <t>Numero_de_llamadas_recibidas_atendidas</t>
+  </si>
+  <si>
+    <t>Representa el número de llamadas recibidas que se atenedieron por tipo de sistema telefónico de emergencias.</t>
+  </si>
+  <si>
+    <t>Es la suma de llamadas telefónicas recibidas según el sistema telefónico de emergencias en el municipio.</t>
+  </si>
+  <si>
+    <t>Incidencia delictiva por tipo de delito</t>
+  </si>
+  <si>
+    <t>Incidencia_delictiva_por_tipo</t>
+  </si>
+  <si>
+    <t>Representa el número de delitos cometidos en el municipio por tipo.</t>
+  </si>
+  <si>
+    <t>SESNSP. Incidencia delictiva del Fuero Común, 2015-2025.</t>
+  </si>
+  <si>
+    <t>Es la suma de los delitos cometidos por tipo de delito registrados en el municipio en un periodo determinado.</t>
+  </si>
+  <si>
+    <t>Tasa anual de incidencia delictiva por cada 100 mil habitantes</t>
+  </si>
+  <si>
+    <t>Incidencia_delictiva_por_cien_mil_habitantes</t>
+  </si>
+  <si>
+    <t>Razón del número de delitos cometidos por cada 100 mil habitantes en el municipio.</t>
+  </si>
+  <si>
+    <t>SESNSP. Incidencia delictiva del Fuero Común, 2015-2025; Consejo Nacional de Población (CONAPO). Proyecciones de la Población por Entidad Federativa, 1990-2040.</t>
+  </si>
+  <si>
+    <t>Incidencia delictiva por cada 100 mil habitantes</t>
+  </si>
+  <si>
+    <t>Es el cociente del total de la incidencia delictiva del municipio entre la población total del municipio, multiplicado por 100,000.</t>
+  </si>
+  <si>
+    <t>Tasa anual de homicidios por cada 100 mil habitantes</t>
+  </si>
+  <si>
+    <t>Tasa_homicidios_por_cien_mil_habitantes</t>
+  </si>
+  <si>
+    <t>Razón del número de homicidios cometidos por cada 100 mil habitantes en el municipio.</t>
+  </si>
+  <si>
+    <t>Homicidios por cada 100 mil habitantes</t>
+  </si>
+  <si>
+    <t>Es el cociente del total de homicidios en el municipio entre la población total del municipio, multiplicado por 100,000.</t>
+  </si>
+  <si>
+    <t>Porcentaje de hogares víctimas de delito</t>
+  </si>
+  <si>
+    <t>Porcentaje_hogares_victimas</t>
+  </si>
+  <si>
+    <t>Porcentaje de hogares con al menos una víctima de delito.</t>
+  </si>
+  <si>
+    <t>INEGI. Encuesta Nacional de Victimización y Percepción Sobre Seguridad Pública (ENVIPE), 2022, 2023, 2024.</t>
+  </si>
+  <si>
+    <t>Es el cociente del número de hogares donde al menos un integrante fue víctima de un delito como el total de vehículo, robo parcial de  vehículos, que pertenecía a algún(a) integrante del hogar o que alguien entró a su casa o departamento sin permiso mediante el uso de la fuerza o por engaños y robó o intentó robar algo, entre el total de hogares del municipio.</t>
+  </si>
+  <si>
+    <t>Impartición de Justicia</t>
+  </si>
+  <si>
+    <t>Celdas para ejecutar arrestos</t>
+  </si>
+  <si>
+    <t>Celdas_para_arrestos</t>
+  </si>
+  <si>
+    <t>Representa el total de celdas con las que cuenta el municipio para ejecutar arrestos dictados por jueces cívicos.</t>
+  </si>
+  <si>
+    <t>Es la suma de las celdas para ejecutar arrestos dictados por los jueces cívicos ubicadas en el municipio.</t>
+  </si>
+  <si>
     <t>Número de elementos o policías que conforman la corporación policial</t>
   </si>
   <si>
     <t>Numero_de_policias</t>
   </si>
   <si>
     <t>Personal adscrito a la institución encargada de la función de seguridad pública, según tipo de organización policial.</t>
   </si>
   <si>
-    <t xml:space="preserve">Es la suma del personal en la corporación policial preventiva, tránsito, bancaria, comercial y/o auxiliar, agencia municipal y otro tipo de corporación policial más el personal en las áreas de dirección mandos y áreas administrativas, así como de las áreas de apoyo. </t>
-[...131 lines deleted...]
-    <t>Es la suma de las celdas para ejecutar arrestos dictados por los jueces cívicos ubicadas en el municipio.</t>
+    <t>Es la suma del personal en la corporación policial preventiva, tránsito, bancaria, comercial y/o auxiliar, agencia municipal y otro tipo de corporación policial más el personal en las áreas de dirección mandos y áreas administrativas, así como de las áreas de apoyo.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -4715,3432 +4719,3429 @@
       <c r="B53">
         <v>1</v>
       </c>
       <c r="C53" t="s">
         <v>15</v>
       </c>
       <c r="D53">
         <v>5</v>
       </c>
       <c r="E53" t="s">
         <v>95</v>
       </c>
       <c r="F53" t="s">
         <v>265</v>
       </c>
       <c r="G53" t="s">
         <v>266</v>
       </c>
       <c r="H53" t="s">
         <v>267</v>
       </c>
       <c r="I53" t="s">
         <v>268</v>
       </c>
       <c r="J53" t="s">
-        <v>182</v>
+        <v>48</v>
       </c>
       <c r="K53" t="s">
         <v>37</v>
       </c>
       <c r="L53" t="s">
         <v>269</v>
       </c>
       <c r="M53" t="s">
         <v>24</v>
       </c>
       <c r="N53" t="s">
         <v>24</v>
       </c>
       <c r="O53" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54">
         <v>1</v>
       </c>
       <c r="C54" t="s">
         <v>15</v>
       </c>
       <c r="D54">
         <v>5</v>
       </c>
       <c r="E54" t="s">
         <v>95</v>
       </c>
       <c r="F54" t="s">
         <v>270</v>
       </c>
       <c r="G54" t="s">
         <v>271</v>
       </c>
       <c r="H54" t="s">
         <v>272</v>
       </c>
       <c r="I54" t="s">
         <v>268</v>
       </c>
       <c r="J54" t="s">
-        <v>182</v>
+        <v>48</v>
       </c>
       <c r="K54" t="s">
         <v>37</v>
       </c>
       <c r="L54" t="s">
         <v>273</v>
       </c>
       <c r="M54" t="s">
         <v>24</v>
       </c>
       <c r="N54" t="s">
         <v>24</v>
       </c>
       <c r="O54" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55">
         <v>1</v>
       </c>
       <c r="C55" t="s">
         <v>15</v>
       </c>
       <c r="D55">
         <v>5</v>
       </c>
       <c r="E55" t="s">
         <v>95</v>
       </c>
       <c r="F55" t="s">
         <v>274</v>
       </c>
       <c r="G55" t="s">
         <v>275</v>
       </c>
       <c r="H55" t="s">
         <v>276</v>
       </c>
       <c r="I55" t="s">
-        <v>268</v>
+        <v>277</v>
       </c>
       <c r="J55" t="s">
-        <v>182</v>
+        <v>48</v>
       </c>
       <c r="K55" t="s">
         <v>37</v>
       </c>
       <c r="L55" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="M55" t="s">
         <v>24</v>
       </c>
       <c r="N55" t="s">
         <v>24</v>
       </c>
       <c r="O55" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56">
         <v>2</v>
       </c>
       <c r="C56" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D56">
         <v>10</v>
       </c>
       <c r="E56" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="F56" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="G56" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="H56" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="I56" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="J56" t="s">
         <v>21</v>
       </c>
       <c r="K56" t="s">
         <v>37</v>
       </c>
       <c r="L56" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="M56" t="s">
         <v>24</v>
       </c>
       <c r="N56" t="s">
         <v>24</v>
       </c>
       <c r="O56" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57">
         <v>2</v>
       </c>
       <c r="C57" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D57">
         <v>10</v>
       </c>
       <c r="E57" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="F57" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="G57" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="H57" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="I57" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="J57" t="s">
         <v>21</v>
       </c>
       <c r="K57" t="s">
         <v>37</v>
       </c>
       <c r="L57" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="M57" t="s">
         <v>24</v>
       </c>
       <c r="N57" t="s">
         <v>24</v>
       </c>
       <c r="O57" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58">
         <v>2</v>
       </c>
       <c r="C58" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D58">
         <v>10</v>
       </c>
       <c r="E58" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="F58" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="G58" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="H58" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="I58" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="J58" t="s">
         <v>21</v>
       </c>
       <c r="K58" t="s">
         <v>37</v>
       </c>
       <c r="L58" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="M58" t="s">
         <v>24</v>
       </c>
       <c r="N58" t="s">
         <v>24</v>
       </c>
       <c r="O58" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59">
         <v>2</v>
       </c>
       <c r="C59" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D59">
         <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="F59" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="G59" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="H59" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="I59" t="s">
         <v>29</v>
       </c>
       <c r="J59" t="s">
         <v>21</v>
       </c>
       <c r="K59" t="s">
         <v>22</v>
       </c>
       <c r="L59" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="M59" t="s">
         <v>24</v>
       </c>
       <c r="N59" t="s">
         <v>24</v>
       </c>
       <c r="O59" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60">
         <v>2</v>
       </c>
       <c r="C60" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D60">
         <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="F60" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="G60" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="H60" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="I60" t="s">
         <v>29</v>
       </c>
       <c r="J60" t="s">
         <v>21</v>
       </c>
       <c r="K60" t="s">
         <v>22</v>
       </c>
       <c r="L60" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="M60" t="s">
         <v>24</v>
       </c>
       <c r="N60" t="s">
         <v>24</v>
       </c>
       <c r="O60" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61">
         <v>2</v>
       </c>
       <c r="C61" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D61">
         <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="F61" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="G61" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="H61" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="I61" t="s">
         <v>29</v>
       </c>
       <c r="J61" t="s">
         <v>93</v>
       </c>
       <c r="K61" t="s">
         <v>22</v>
       </c>
       <c r="L61" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="M61" t="s">
         <v>24</v>
       </c>
       <c r="N61" t="s">
         <v>24</v>
       </c>
       <c r="O61" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62">
         <v>2</v>
       </c>
       <c r="C62" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D62">
         <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="F62" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="G62" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="H62" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="I62" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="J62" t="s">
         <v>21</v>
       </c>
       <c r="K62" t="s">
         <v>37</v>
       </c>
       <c r="L62" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="M62" t="s">
         <v>24</v>
       </c>
       <c r="N62" t="s">
         <v>24</v>
       </c>
       <c r="O62" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63">
         <v>2</v>
       </c>
       <c r="C63" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D63">
         <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="F63" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="G63" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="H63" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="I63" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="J63" t="s">
         <v>93</v>
       </c>
       <c r="K63" t="s">
         <v>37</v>
       </c>
       <c r="L63" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="M63" t="s">
         <v>24</v>
       </c>
       <c r="N63" t="s">
         <v>24</v>
       </c>
       <c r="O63" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64">
         <v>2</v>
       </c>
       <c r="C64" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D64">
         <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="F64" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="G64" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="H64" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="I64" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="J64" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="K64" t="s">
         <v>37</v>
       </c>
       <c r="L64" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="M64" t="s">
         <v>24</v>
       </c>
       <c r="N64" t="s">
         <v>24</v>
       </c>
       <c r="O64" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65">
         <v>2</v>
       </c>
       <c r="C65" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D65">
         <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="F65" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="G65" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="H65" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="I65" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="J65" t="s">
         <v>93</v>
       </c>
       <c r="K65" t="s">
         <v>37</v>
       </c>
       <c r="L65" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="M65" t="s">
         <v>24</v>
       </c>
       <c r="N65" t="s">
         <v>24</v>
       </c>
       <c r="O65" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66">
         <v>2</v>
       </c>
       <c r="C66" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D66">
         <v>11</v>
       </c>
       <c r="E66" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="F66" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="G66" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="H66" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="I66" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="J66" t="s">
         <v>21</v>
       </c>
       <c r="K66" t="s">
         <v>37</v>
       </c>
       <c r="L66" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="M66" t="s">
         <v>24</v>
       </c>
       <c r="N66" t="s">
         <v>24</v>
       </c>
       <c r="O66" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67">
         <v>2</v>
       </c>
       <c r="C67" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D67">
         <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="F67" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="G67" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="H67" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="I67" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="J67" t="s">
         <v>93</v>
       </c>
       <c r="K67" t="s">
         <v>37</v>
       </c>
       <c r="L67" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="M67" t="s">
         <v>24</v>
       </c>
       <c r="N67" t="s">
         <v>24</v>
       </c>
       <c r="O67" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68">
         <v>2</v>
       </c>
       <c r="C68" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D68">
         <v>12</v>
       </c>
       <c r="E68" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F68" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="G68" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="H68" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="I68" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="J68" t="s">
         <v>48</v>
       </c>
       <c r="K68" t="s">
         <v>37</v>
       </c>
       <c r="L68" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="M68" t="s">
         <v>24</v>
       </c>
       <c r="N68" t="s">
         <v>24</v>
       </c>
       <c r="O68" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69">
         <v>2</v>
       </c>
       <c r="C69" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D69">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F69" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="G69" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="H69" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="I69" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="J69" t="s">
         <v>48</v>
       </c>
       <c r="K69" t="s">
         <v>37</v>
       </c>
       <c r="L69" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="M69" t="s">
         <v>24</v>
       </c>
       <c r="N69" t="s">
         <v>24</v>
       </c>
       <c r="O69" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70">
         <v>2</v>
       </c>
       <c r="C70" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D70">
         <v>12</v>
       </c>
       <c r="E70" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F70" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="G70" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="H70" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="I70" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="J70" t="s">
         <v>48</v>
       </c>
       <c r="K70" t="s">
         <v>37</v>
       </c>
       <c r="L70" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="M70" t="s">
         <v>24</v>
       </c>
       <c r="N70" t="s">
         <v>24</v>
       </c>
       <c r="O70" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71">
         <v>2</v>
       </c>
       <c r="C71" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D71">
         <v>12</v>
       </c>
       <c r="E71" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F71" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="G71" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H71" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="I71" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="J71" t="s">
         <v>48</v>
       </c>
       <c r="K71" t="s">
         <v>37</v>
       </c>
       <c r="L71" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="M71" t="s">
         <v>24</v>
       </c>
       <c r="N71" t="s">
         <v>24</v>
       </c>
       <c r="O71" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72">
         <v>2</v>
       </c>
       <c r="C72" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D72">
         <v>12</v>
       </c>
       <c r="E72" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F72" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="G72" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="H72" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="I72" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="J72" t="s">
         <v>48</v>
       </c>
       <c r="K72" t="s">
         <v>37</v>
       </c>
       <c r="L72" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="M72" t="s">
         <v>24</v>
       </c>
       <c r="N72" t="s">
         <v>24</v>
       </c>
       <c r="O72" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73">
         <v>2</v>
       </c>
       <c r="C73" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D73">
         <v>12</v>
       </c>
       <c r="E73" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F73" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="G73" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="H73" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="I73" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="J73" t="s">
         <v>48</v>
       </c>
       <c r="K73" t="s">
         <v>37</v>
       </c>
       <c r="L73" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="M73" t="s">
         <v>24</v>
       </c>
       <c r="N73" t="s">
         <v>24</v>
       </c>
       <c r="O73" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74">
         <v>2</v>
       </c>
       <c r="C74" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D74">
         <v>12</v>
       </c>
       <c r="E74" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F74" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="G74" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="H74" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="I74" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="J74" t="s">
         <v>21</v>
       </c>
       <c r="K74" t="s">
         <v>37</v>
       </c>
       <c r="L74" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="M74" t="s">
         <v>24</v>
       </c>
       <c r="N74" t="s">
         <v>24</v>
       </c>
       <c r="O74" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75">
         <v>2</v>
       </c>
       <c r="C75" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D75">
         <v>12</v>
       </c>
       <c r="E75" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F75" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="G75" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="H75" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="I75" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="J75" t="s">
         <v>48</v>
       </c>
       <c r="K75" t="s">
         <v>37</v>
       </c>
       <c r="L75" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="M75" t="s">
         <v>24</v>
       </c>
       <c r="N75" t="s">
         <v>24</v>
       </c>
       <c r="O75" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76">
         <v>2</v>
       </c>
       <c r="C76" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D76">
         <v>13</v>
       </c>
       <c r="E76" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="F76" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="G76" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="H76" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="I76" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="J76" t="s">
         <v>21</v>
       </c>
       <c r="K76" t="s">
         <v>37</v>
       </c>
       <c r="L76" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="M76" t="s">
         <v>24</v>
       </c>
       <c r="N76" t="s">
         <v>24</v>
       </c>
       <c r="O76" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77">
         <v>2</v>
       </c>
       <c r="C77" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D77">
         <v>13</v>
       </c>
       <c r="E77" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="F77" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="G77" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="H77" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="I77" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="J77" t="s">
         <v>21</v>
       </c>
       <c r="K77" t="s">
         <v>37</v>
       </c>
       <c r="L77" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="M77" t="s">
         <v>24</v>
       </c>
       <c r="N77" t="s">
         <v>24</v>
       </c>
       <c r="O77" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78">
         <v>2</v>
       </c>
       <c r="C78" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D78">
         <v>13</v>
       </c>
       <c r="E78" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="F78" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="G78" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="H78" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="I78" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="J78" t="s">
         <v>21</v>
       </c>
       <c r="K78" t="s">
         <v>37</v>
       </c>
       <c r="L78" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="M78" t="s">
         <v>24</v>
       </c>
       <c r="N78" t="s">
         <v>24</v>
       </c>
       <c r="O78" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79">
         <v>2</v>
       </c>
       <c r="C79" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D79">
         <v>13</v>
       </c>
       <c r="E79" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="F79" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="G79" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="H79" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="I79" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="J79" t="s">
         <v>21</v>
       </c>
       <c r="K79" t="s">
         <v>37</v>
       </c>
       <c r="L79" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="M79" t="s">
         <v>24</v>
       </c>
       <c r="N79" t="s">
         <v>24</v>
       </c>
       <c r="O79" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80">
         <v>2</v>
       </c>
       <c r="C80" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D80">
         <v>13</v>
       </c>
       <c r="E80" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="F80" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="G80" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="H80" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="I80" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="J80" t="s">
         <v>182</v>
       </c>
       <c r="K80" t="s">
         <v>37</v>
       </c>
       <c r="L80" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="M80" t="s">
         <v>24</v>
       </c>
       <c r="N80" t="s">
         <v>24</v>
       </c>
       <c r="O80" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81">
         <v>2</v>
       </c>
       <c r="C81" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D81">
         <v>13</v>
       </c>
       <c r="E81" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="F81" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="G81" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="H81" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="I81" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="J81" t="s">
         <v>21</v>
       </c>
       <c r="K81" t="s">
         <v>37</v>
       </c>
       <c r="L81" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="M81" t="s">
         <v>24</v>
       </c>
       <c r="N81" t="s">
         <v>24</v>
       </c>
       <c r="O81" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82">
         <v>2</v>
       </c>
       <c r="C82" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D82">
         <v>13</v>
       </c>
       <c r="E82" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="F82" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="G82" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="H82" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="I82" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="J82" t="s">
         <v>93</v>
       </c>
       <c r="K82" t="s">
         <v>37</v>
       </c>
       <c r="L82" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="M82" t="s">
         <v>24</v>
       </c>
       <c r="N82" t="s">
         <v>24</v>
       </c>
       <c r="O82" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83">
         <v>2</v>
       </c>
       <c r="C83" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D83">
         <v>13</v>
       </c>
       <c r="E83" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="F83" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="G83" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="H83" t="s">
         <v>251</v>
       </c>
       <c r="I83" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="J83" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="K83" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="L83" t="s">
         <v>251</v>
       </c>
       <c r="M83" t="s">
         <v>25</v>
       </c>
       <c r="N83" t="s">
         <v>24</v>
       </c>
       <c r="O83" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84">
         <v>2</v>
       </c>
       <c r="C84" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D84">
         <v>14</v>
       </c>
       <c r="E84" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="F84" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="G84" t="s">
+        <v>412</v>
+      </c>
+      <c r="H84" t="s">
+        <v>413</v>
+      </c>
+      <c r="I84" t="s">
+        <v>414</v>
+      </c>
+      <c r="J84" t="s">
         <v>411</v>
-      </c>
-[...7 lines deleted...]
-        <v>410</v>
       </c>
       <c r="K84" t="s">
         <v>37</v>
       </c>
       <c r="L84" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="M84" t="s">
         <v>24</v>
       </c>
       <c r="N84" t="s">
         <v>24</v>
       </c>
       <c r="O84" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85">
         <v>2</v>
       </c>
       <c r="C85" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D85">
         <v>14</v>
       </c>
       <c r="E85" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="F85" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="G85" t="s">
+        <v>417</v>
+      </c>
+      <c r="H85" t="s">
+        <v>418</v>
+      </c>
+      <c r="I85" t="s">
+        <v>414</v>
+      </c>
+      <c r="J85" t="s">
         <v>416</v>
-      </c>
-[...7 lines deleted...]
-        <v>415</v>
       </c>
       <c r="K85" t="s">
         <v>37</v>
       </c>
       <c r="L85" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="M85" t="s">
         <v>24</v>
       </c>
       <c r="N85" t="s">
         <v>24</v>
       </c>
       <c r="O85" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86">
         <v>2</v>
       </c>
       <c r="C86" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D86">
         <v>14</v>
       </c>
       <c r="E86" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="F86" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="G86" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="H86" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="I86" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="J86" t="s">
         <v>93</v>
       </c>
       <c r="K86" t="s">
         <v>37</v>
       </c>
       <c r="L86" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="M86" t="s">
         <v>24</v>
       </c>
       <c r="N86" t="s">
         <v>24</v>
       </c>
       <c r="O86" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87">
         <v>2</v>
       </c>
       <c r="C87" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D87">
         <v>14</v>
       </c>
       <c r="E87" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="F87" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="G87" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="H87" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="I87" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="J87" t="s">
         <v>48</v>
       </c>
       <c r="K87" t="s">
         <v>37</v>
       </c>
       <c r="L87" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="M87" t="s">
         <v>24</v>
       </c>
       <c r="N87" t="s">
         <v>24</v>
       </c>
       <c r="O87" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88">
         <v>2</v>
       </c>
       <c r="C88" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D88">
         <v>15</v>
       </c>
       <c r="E88" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="F88" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="G88" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="H88" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="I88" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="J88" t="s">
         <v>48</v>
       </c>
       <c r="K88" t="s">
         <v>37</v>
       </c>
       <c r="L88" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="M88" t="s">
         <v>24</v>
       </c>
       <c r="N88" t="s">
         <v>24</v>
       </c>
       <c r="O88" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89">
         <v>2</v>
       </c>
       <c r="C89" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D89">
         <v>15</v>
       </c>
       <c r="E89" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="F89" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="G89" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="I89" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="J89" t="s">
         <v>93</v>
       </c>
       <c r="K89" t="s">
         <v>22</v>
       </c>
       <c r="L89" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="M89" t="s">
         <v>24</v>
       </c>
       <c r="N89" t="s">
         <v>24</v>
       </c>
       <c r="O89" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90">
         <v>2</v>
       </c>
       <c r="C90" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D90">
         <v>15</v>
       </c>
       <c r="E90" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="F90" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="G90" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="H90" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="I90" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="J90" t="s">
         <v>93</v>
       </c>
       <c r="K90" t="s">
         <v>37</v>
       </c>
       <c r="L90" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="M90" t="s">
         <v>24</v>
       </c>
       <c r="N90" t="s">
         <v>24</v>
       </c>
       <c r="O90" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91">
         <v>2</v>
       </c>
       <c r="C91" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D91">
         <v>15</v>
       </c>
       <c r="E91" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="F91" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="G91" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="H91" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="I91" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="J91" t="s">
         <v>21</v>
       </c>
       <c r="K91" t="s">
         <v>22</v>
       </c>
       <c r="L91" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="M91" t="s">
         <v>24</v>
       </c>
       <c r="N91" t="s">
         <v>24</v>
       </c>
       <c r="O91" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92">
         <v>2</v>
       </c>
       <c r="C92" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D92">
         <v>12</v>
       </c>
       <c r="E92" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F92" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="G92" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="H92" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="I92" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="J92" t="s">
         <v>48</v>
       </c>
       <c r="L92" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="M92" t="s">
         <v>24</v>
       </c>
       <c r="N92" t="s">
         <v>25</v>
       </c>
       <c r="O92" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93">
         <v>3</v>
       </c>
       <c r="C93" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D93">
         <v>16</v>
       </c>
       <c r="E93" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="F93" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="G93" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="H93" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="I93" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J93" t="s">
         <v>21</v>
       </c>
       <c r="K93" t="s">
         <v>22</v>
       </c>
       <c r="L93" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="M93" t="s">
         <v>24</v>
       </c>
       <c r="N93" t="s">
         <v>24</v>
       </c>
       <c r="O93" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94">
         <v>3</v>
       </c>
       <c r="C94" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D94">
         <v>16</v>
       </c>
       <c r="E94" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="F94" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G94" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="H94" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="I94" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J94" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="K94" t="s">
         <v>37</v>
       </c>
       <c r="L94" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="M94" t="s">
         <v>24</v>
       </c>
       <c r="N94" t="s">
         <v>24</v>
       </c>
       <c r="O94" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95">
         <v>3</v>
       </c>
       <c r="C95" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D95">
         <v>16</v>
       </c>
       <c r="E95" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="F95" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="G95" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="H95" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="I95" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="J95" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="K95" t="s">
         <v>22</v>
       </c>
       <c r="L95" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="M95" t="s">
         <v>24</v>
       </c>
       <c r="N95" t="s">
         <v>24</v>
       </c>
       <c r="O95" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96">
         <v>3</v>
       </c>
       <c r="C96" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D96">
         <v>17</v>
       </c>
       <c r="E96" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="F96" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="G96" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="H96" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="I96" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="J96" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="K96" t="s">
         <v>22</v>
       </c>
       <c r="L96" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="M96" t="s">
         <v>24</v>
       </c>
       <c r="N96" t="s">
         <v>24</v>
       </c>
       <c r="O96" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97">
         <v>3</v>
       </c>
       <c r="C97" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D97">
         <v>17</v>
       </c>
       <c r="E97" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="F97" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="G97" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="H97" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="I97" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="J97" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="K97" t="s">
         <v>37</v>
       </c>
       <c r="L97" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="M97" t="s">
         <v>24</v>
       </c>
       <c r="N97" t="s">
         <v>24</v>
       </c>
       <c r="O97" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98">
         <v>3</v>
       </c>
       <c r="C98" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D98">
         <v>17</v>
       </c>
       <c r="E98" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="F98" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="G98" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="H98" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="I98" t="s">
         <v>29</v>
       </c>
       <c r="J98" t="s">
         <v>93</v>
       </c>
       <c r="K98" t="s">
         <v>22</v>
       </c>
       <c r="L98" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="M98" t="s">
         <v>24</v>
       </c>
       <c r="N98" t="s">
         <v>24</v>
       </c>
       <c r="O98" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99">
         <v>3</v>
       </c>
       <c r="C99" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D99">
         <v>17</v>
       </c>
       <c r="E99" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="F99" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="G99" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="H99" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="I99" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="J99" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="K99" t="s">
         <v>22</v>
       </c>
       <c r="L99" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="M99" t="s">
         <v>24</v>
       </c>
       <c r="N99" t="s">
         <v>24</v>
       </c>
       <c r="O99" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100">
         <v>3</v>
       </c>
       <c r="C100" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D100">
         <v>17</v>
       </c>
       <c r="E100" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="F100" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="G100" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="H100" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="I100" t="s">
         <v>29</v>
       </c>
       <c r="J100" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="K100" t="s">
         <v>22</v>
       </c>
       <c r="L100" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="M100" t="s">
         <v>24</v>
       </c>
       <c r="N100" t="s">
         <v>24</v>
       </c>
       <c r="O100" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101">
         <v>3</v>
       </c>
       <c r="C101" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D101">
         <v>17</v>
       </c>
       <c r="E101" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="F101" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="G101" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="H101" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="I101" t="s">
         <v>29</v>
       </c>
       <c r="J101" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="K101" t="s">
         <v>22</v>
       </c>
       <c r="L101" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="M101" t="s">
         <v>24</v>
       </c>
       <c r="N101" t="s">
         <v>24</v>
       </c>
       <c r="O101" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102">
         <v>3</v>
       </c>
       <c r="C102" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D102">
         <v>17</v>
       </c>
       <c r="E102" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="F102" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="G102" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="H102" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="I102" t="s">
         <v>29</v>
       </c>
       <c r="J102" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="K102" t="s">
         <v>22</v>
       </c>
       <c r="L102" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="M102" t="s">
         <v>24</v>
       </c>
       <c r="N102" t="s">
         <v>24</v>
       </c>
       <c r="O102" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103">
         <v>3</v>
       </c>
       <c r="C103" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D103">
         <v>18</v>
       </c>
       <c r="E103" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F103" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="G103" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="H103" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="I103" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="J103" t="s">
         <v>21</v>
       </c>
       <c r="K103" t="s">
         <v>22</v>
       </c>
       <c r="L103" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="M103" t="s">
         <v>24</v>
       </c>
       <c r="N103" t="s">
         <v>24</v>
       </c>
       <c r="O103" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104">
         <v>3</v>
       </c>
       <c r="C104" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D104">
         <v>18</v>
       </c>
       <c r="E104" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F104" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="G104" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="H104" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="I104" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="J104" t="s">
         <v>21</v>
       </c>
       <c r="K104" t="s">
         <v>37</v>
       </c>
       <c r="L104" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="M104" t="s">
         <v>24</v>
       </c>
       <c r="N104" t="s">
         <v>24</v>
       </c>
       <c r="O104" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105">
         <v>3</v>
       </c>
       <c r="C105" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D105">
         <v>20</v>
       </c>
       <c r="E105" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="F105" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="G105" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="H105" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="I105" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="J105" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="K105" t="s">
         <v>22</v>
       </c>
       <c r="L105" t="s">
         <v>251</v>
       </c>
       <c r="M105" t="s">
         <v>24</v>
       </c>
       <c r="N105" t="s">
         <v>24</v>
       </c>
       <c r="O105" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106">
         <v>3</v>
       </c>
       <c r="C106" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D106">
         <v>20</v>
       </c>
       <c r="E106" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="F106" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="G106" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="H106" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="I106" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="J106" t="s">
         <v>21</v>
       </c>
       <c r="K106" t="s">
         <v>37</v>
       </c>
       <c r="L106" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="M106" t="s">
         <v>24</v>
       </c>
       <c r="N106" t="s">
         <v>24</v>
       </c>
       <c r="O106" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107">
         <v>3</v>
       </c>
       <c r="C107" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D107">
         <v>20</v>
       </c>
       <c r="E107" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="F107" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="G107" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="H107" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="I107" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="J107" t="s">
         <v>21</v>
       </c>
       <c r="K107" t="s">
         <v>22</v>
       </c>
       <c r="L107" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="M107" t="s">
         <v>24</v>
       </c>
       <c r="N107" t="s">
         <v>24</v>
       </c>
       <c r="O107" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108">
         <v>3</v>
       </c>
       <c r="C108" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D108">
         <v>20</v>
       </c>
       <c r="E108" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="F108" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="G108" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="H108" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="I108" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="J108" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="K108" t="s">
         <v>37</v>
       </c>
       <c r="L108" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="M108" t="s">
         <v>24</v>
       </c>
       <c r="N108" t="s">
         <v>24</v>
       </c>
       <c r="O108" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109">
         <v>3</v>
       </c>
       <c r="C109" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D109">
         <v>21</v>
       </c>
       <c r="E109" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="F109" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="G109" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="H109" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="I109" t="s">
         <v>29</v>
       </c>
       <c r="J109" t="s">
         <v>93</v>
       </c>
       <c r="K109" t="s">
         <v>22</v>
       </c>
       <c r="L109" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="M109" t="s">
         <v>24</v>
       </c>
       <c r="N109" t="s">
         <v>24</v>
       </c>
       <c r="O109" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110">
         <v>3</v>
       </c>
       <c r="C110" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D110">
         <v>21</v>
       </c>
       <c r="E110" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="F110" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="G110" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="H110" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="I110" t="s">
         <v>29</v>
       </c>
       <c r="J110" t="s">
         <v>93</v>
       </c>
       <c r="K110" t="s">
         <v>22</v>
       </c>
       <c r="L110" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="M110" t="s">
         <v>24</v>
       </c>
       <c r="N110" t="s">
         <v>24</v>
       </c>
       <c r="O110" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111">
         <v>3</v>
       </c>
       <c r="C111" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D111">
         <v>19</v>
       </c>
       <c r="E111" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="F111" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="G111" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="H111" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="I111" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="J111" t="s">
         <v>48</v>
       </c>
       <c r="K111" t="s">
         <v>22</v>
       </c>
       <c r="L111" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="M111" t="s">
         <v>24</v>
       </c>
       <c r="N111" t="s">
         <v>24</v>
       </c>
       <c r="O111" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112">
         <v>3</v>
       </c>
       <c r="C112" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D112">
         <v>20</v>
       </c>
       <c r="E112" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="F112" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="G112" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="H112" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="I112" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="J112" t="s">
         <v>48</v>
       </c>
       <c r="L112" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="M112" t="s">
         <v>25</v>
       </c>
       <c r="N112" t="s">
         <v>24</v>
       </c>
       <c r="O112" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
         <v>137</v>
       </c>
       <c r="B113">
         <v>8</v>
       </c>
       <c r="C113" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="D113">
         <v>31</v>
       </c>
       <c r="E113" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="F113" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="G113" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="H113" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="I113" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="J113" t="s">
         <v>48</v>
       </c>
       <c r="K113" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="L113" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="M113" t="s">
         <v>24</v>
       </c>
       <c r="N113" t="s">
         <v>24</v>
       </c>
       <c r="O113" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
         <v>138</v>
       </c>
       <c r="B114">
         <v>8</v>
       </c>
       <c r="C114" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="D114">
         <v>31</v>
       </c>
       <c r="E114" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="F114" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="G114" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="H114" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="I114" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="J114" t="s">
         <v>93</v>
       </c>
       <c r="K114" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="L114" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="M114" t="s">
         <v>24</v>
       </c>
       <c r="N114" t="s">
         <v>24</v>
       </c>
       <c r="O114" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
         <v>139</v>
       </c>
       <c r="B115">
         <v>8</v>
       </c>
       <c r="C115" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="D115">
         <v>31</v>
       </c>
       <c r="E115" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="F115" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="G115" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="H115" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="I115" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="J115" t="s">
         <v>93</v>
       </c>
       <c r="K115" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="L115" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="M115" t="s">
         <v>24</v>
       </c>
       <c r="N115" t="s">
         <v>24</v>
       </c>
       <c r="O115" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B116">
         <v>8</v>
       </c>
       <c r="C116" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="D116">
         <v>32</v>
       </c>
       <c r="E116" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="F116" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="G116" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="H116" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="I116" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="J116" t="s">
         <v>21</v>
       </c>
       <c r="K116" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="L116" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="M116" t="s">
         <v>24</v>
       </c>
       <c r="N116" t="s">
         <v>24</v>
       </c>
       <c r="O116" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B117">
         <v>8</v>
       </c>
       <c r="C117" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="D117">
         <v>32</v>
       </c>
       <c r="E117" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="F117" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="G117" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="H117" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="I117" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="J117" t="s">
         <v>21</v>
       </c>
       <c r="K117" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="L117" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="M117" t="s">
         <v>24</v>
       </c>
       <c r="N117" t="s">
         <v>24</v>
       </c>
       <c r="O117" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B118">
         <v>8</v>
       </c>
       <c r="C118" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="D118">
         <v>32</v>
       </c>
       <c r="E118" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="F118" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="G118" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="H118" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="I118" t="s">
-        <v>475</v>
+        <v>583</v>
       </c>
       <c r="J118" t="s">
         <v>21</v>
       </c>
       <c r="K118" t="s">
-        <v>559</v>
+        <v>584</v>
       </c>
       <c r="L118" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
       <c r="M118" t="s">
         <v>24</v>
       </c>
       <c r="N118" t="s">
         <v>24</v>
       </c>
       <c r="O118" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B119">
         <v>8</v>
       </c>
       <c r="C119" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="D119">
         <v>32</v>
       </c>
       <c r="E119" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="F119" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="G119" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="H119" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="I119" t="s">
-        <v>586</v>
+        <v>476</v>
       </c>
       <c r="J119" t="s">
         <v>21</v>
       </c>
       <c r="K119" t="s">
-        <v>587</v>
+        <v>584</v>
       </c>
       <c r="L119" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="M119" t="s">
         <v>24</v>
       </c>
       <c r="N119" t="s">
         <v>24</v>
       </c>
       <c r="O119" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B120">
         <v>8</v>
       </c>
       <c r="C120" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="D120">
         <v>32</v>
       </c>
       <c r="E120" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="F120" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="G120" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="H120" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="I120" t="s">
-        <v>475</v>
+        <v>593</v>
       </c>
       <c r="J120" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="K120" t="s">
-        <v>587</v>
+        <v>584</v>
       </c>
       <c r="L120" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="M120" t="s">
         <v>24</v>
       </c>
       <c r="N120" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="O120" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B121">
         <v>8</v>
       </c>
       <c r="C121" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="D121">
         <v>32</v>
       </c>
       <c r="E121" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="F121" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="G121" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="H121" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="I121" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="J121" t="s">
-        <v>48</v>
+        <v>599</v>
       </c>
       <c r="K121" t="s">
-        <v>587</v>
+        <v>584</v>
       </c>
       <c r="L121" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="M121" t="s">
         <v>24</v>
       </c>
       <c r="N121" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="O121" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B122">
         <v>8</v>
       </c>
       <c r="C122" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="D122">
         <v>32</v>
       </c>
       <c r="E122" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="F122" t="s">
+        <v>601</v>
+      </c>
+      <c r="G122" t="s">
+        <v>602</v>
+      </c>
+      <c r="H122" t="s">
+        <v>603</v>
+      </c>
+      <c r="I122" t="s">
         <v>598</v>
       </c>
-      <c r="G122" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J122" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="K122" t="s">
-        <v>587</v>
+        <v>584</v>
       </c>
       <c r="L122" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="M122" t="s">
         <v>24</v>
       </c>
       <c r="N122" t="s">
         <v>24</v>
       </c>
       <c r="O122" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B123">
         <v>8</v>
       </c>
       <c r="C123" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="D123">
         <v>32</v>
       </c>
       <c r="E123" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="F123" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="G123" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="H123" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="I123" t="s">
-        <v>601</v>
+        <v>609</v>
       </c>
       <c r="J123" t="s">
-        <v>607</v>
+        <v>93</v>
       </c>
       <c r="K123" t="s">
-        <v>587</v>
+        <v>560</v>
       </c>
       <c r="L123" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="M123" t="s">
         <v>24</v>
       </c>
       <c r="N123" t="s">
         <v>24</v>
       </c>
       <c r="O123" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B124">
         <v>8</v>
       </c>
       <c r="C124" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="D124">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E124" t="s">
-        <v>570</v>
+        <v>611</v>
       </c>
       <c r="F124" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="G124" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="H124" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="I124" t="s">
-        <v>612</v>
+        <v>476</v>
       </c>
       <c r="J124" t="s">
-        <v>93</v>
+        <v>21</v>
       </c>
       <c r="K124" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="L124" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="M124" t="s">
         <v>24</v>
       </c>
       <c r="N124" t="s">
         <v>24</v>
       </c>
       <c r="O124" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B125">
         <v>8</v>
       </c>
       <c r="C125" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="D125">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="E125" t="s">
-        <v>614</v>
+        <v>571</v>
       </c>
       <c r="F125" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="G125" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="H125" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="I125" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="J125" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>559</v>
+        <v>48</v>
       </c>
       <c r="L125" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="M125" t="s">
         <v>24</v>
       </c>
       <c r="N125" t="s">
         <v>24</v>
       </c>
       <c r="O125" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>