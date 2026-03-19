--- v0 (2026-02-01)
+++ v1 (2026-03-19)
@@ -167,51 +167,51 @@
   <si>
     <t>Chignautla</t>
   </si>
   <si>
     <t>Chila</t>
   </si>
   <si>
     <t>Chila de la Sal</t>
   </si>
   <si>
     <t>Chilchotla</t>
   </si>
   <si>
     <t>Chinantla</t>
   </si>
   <si>
     <t>Coatepec</t>
   </si>
   <si>
     <t>Coatzingo</t>
   </si>
   <si>
     <t>Cohetzala</t>
   </si>
   <si>
-    <t>Cohuecán</t>
+    <t>Cohuecan</t>
   </si>
   <si>
     <t>Coronango</t>
   </si>
   <si>
     <t>Coxcatlán</t>
   </si>
   <si>
     <t>Coyomeapan</t>
   </si>
   <si>
     <t>Coyotepec</t>
   </si>
   <si>
     <t>Cuapiaxtla de Madero</t>
   </si>
   <si>
     <t>Cuautempan</t>
   </si>
   <si>
     <t>Cuautinchán</t>
   </si>
   <si>
     <t>Cuautlancingo</t>
   </si>