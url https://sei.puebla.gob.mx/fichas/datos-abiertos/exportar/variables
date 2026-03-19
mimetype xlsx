--- v0 (2026-02-01)
+++ v1 (2026-03-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="741">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="742">
   <si>
     <t>ID Variable</t>
   </si>
   <si>
     <t>ID Dimensión</t>
   </si>
   <si>
     <t>Nombre Dimensión</t>
   </si>
   <si>
     <t>ID Temática</t>
   </si>
   <si>
     <t>Nombre Temática</t>
   </si>
   <si>
     <t>ID Indicador Padre</t>
   </si>
   <si>
     <t>Nombre Indicador Padre</t>
   </si>
   <si>
     <t>Nombre Técnico Variable</t>
   </si>
   <si>
@@ -1763,53 +1763,50 @@
   <si>
     <t>Vegetación aparente</t>
   </si>
   <si>
     <t>usos_de_suelo_y_vegetacion_hectareas_otros_usos</t>
   </si>
   <si>
     <t>Otros usos</t>
   </si>
   <si>
     <t>Gobierno, Seguridad e Impartición de Justicia</t>
   </si>
   <si>
     <t>Gobierno</t>
   </si>
   <si>
     <t>Recursos federales transferidos al municipio (FORTAMUN y FAISMUN) en miles de pesos</t>
   </si>
   <si>
     <t>Recursos_transferidos_de_FORTAMUN</t>
   </si>
   <si>
     <t>FORTAMUN</t>
   </si>
   <si>
-    <t>Pesos</t>
-[...1 lines deleted...]
-  <si>
     <t>Recursos_transferidos_de_FISM</t>
   </si>
   <si>
     <t>FISM</t>
   </si>
   <si>
     <t>Porcentaje de personas de 18 y más con percepción de corrupción por tipo de autoridad</t>
   </si>
   <si>
     <t>Percepcion_corrupcion_de_transito</t>
   </si>
   <si>
     <t>Policía de tránsito</t>
   </si>
   <si>
     <t>Percepcion_corrupcion_de_preventiva</t>
   </si>
   <si>
     <t>Policía preventiva</t>
   </si>
   <si>
     <t>Percepcion_corrupcion_de_estatal</t>
   </si>
   <si>
     <t>Policía estatal</t>
@@ -1841,120 +1838,60 @@
   <si>
     <t>Percepcion_corrupcion_de_ejercito</t>
   </si>
   <si>
     <t>Ejército</t>
   </si>
   <si>
     <t>Percepcion_corrupcion_de_marina</t>
   </si>
   <si>
     <t>Marina</t>
   </si>
   <si>
     <t>Porcentaje de personas de 18 y más con percepción de inseguridad</t>
   </si>
   <si>
     <t>Porcentaje_percepción_inseguridad</t>
   </si>
   <si>
     <t>Percepción de inseguridad</t>
   </si>
   <si>
     <t>Seguridad Pública</t>
   </si>
   <si>
-    <t>Número de elementos o policías que conforman la corporación policial</t>
-[...2 lines deleted...]
-    <t>Numero_de_policias_de_preventiva</t>
+    <t>Número de elementos o policías capacitados</t>
+  </si>
+  <si>
+    <t>Elementos_capacitados_tecnicas</t>
+  </si>
+  <si>
+    <t>Técnicas de investigación del delito</t>
   </si>
   <si>
     <t>Elementos o policias</t>
-  </si>
-[...61 lines deleted...]
-    <t>Técnicas de investigación del delito</t>
   </si>
   <si>
     <t>Elementos_capacitados_criminalistica</t>
   </si>
   <si>
     <t>Criminalística</t>
   </si>
   <si>
     <t>Elementos_capacitados_criminologia</t>
   </si>
   <si>
     <t>Criminología</t>
   </si>
   <si>
     <t>Elementos_capacitados_talleres_en_campo</t>
   </si>
   <si>
     <t>Talleres en campo de actos de investigación</t>
   </si>
   <si>
     <t>Elementos_capacitados_tecnicas_de_entrevista</t>
   </si>
   <si>
     <t>Técnicas de entrevista</t>
   </si>
@@ -2237,50 +2174,116 @@
     <t>Tasa anual de homicidios por cada 100 mil habitantes</t>
   </si>
   <si>
     <t>Razon_homicidios</t>
   </si>
   <si>
     <t>Homicidios</t>
   </si>
   <si>
     <t>Porcentaje de hogares víctimas de delito</t>
   </si>
   <si>
     <t>Porcentaje_hogares_delitos</t>
   </si>
   <si>
     <t>Porcentaje de hogares</t>
   </si>
   <si>
     <t>Impartición de Justicia</t>
   </si>
   <si>
     <t>Celdas para ejecutar arrestos</t>
   </si>
   <si>
     <t>Celdas</t>
+  </si>
+  <si>
+    <t>Número de elementos o policías que conforman la corporación policial</t>
+  </si>
+  <si>
+    <t>Numero_de_policias_de_preventiva</t>
+  </si>
+  <si>
+    <t>Numero_de_policias_de_transito</t>
+  </si>
+  <si>
+    <t>Numero_de_policias_de_bancaria_comercial_auxiliar</t>
+  </si>
+  <si>
+    <t>Policía bancaria, comercial y/o auxiliar</t>
+  </si>
+  <si>
+    <t>Numero_de_policias_de_cibernetica</t>
+  </si>
+  <si>
+    <t>Policía cibernética</t>
+  </si>
+  <si>
+    <t>Numero_de_policias_de_agencia_municipal</t>
+  </si>
+  <si>
+    <t>Agencia municipal</t>
+  </si>
+  <si>
+    <t>Numero_de_policias_de_otro_tipo_corporacion</t>
+  </si>
+  <si>
+    <t>Otro tipo de corporación policial</t>
+  </si>
+  <si>
+    <t>Numero_de_policias_de_mandos</t>
+  </si>
+  <si>
+    <t>Mandos</t>
+  </si>
+  <si>
+    <t>Numero_de_policias_en_areas_administrativas</t>
+  </si>
+  <si>
+    <t>Áreas administrativas</t>
+  </si>
+  <si>
+    <t>Numero_de_policias_en_areas_apoyo</t>
+  </si>
+  <si>
+    <t>Áreas de apoyo</t>
+  </si>
+  <si>
+    <t>Numero_de_policias_no_identificado</t>
+  </si>
+  <si>
+    <t>No identificado</t>
+  </si>
+  <si>
+    <t>Numero_de_policias_no_especificado</t>
+  </si>
+  <si>
+    <t>Total_elementos_o_policias</t>
+  </si>
+  <si>
+    <t>Total de elementos o policías que conforman la corporación</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2584,51 +2587,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L294"/>
+  <dimension ref="A1:L295"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -10368,2585 +10371,2620 @@
       <c r="B222">
         <v>8</v>
       </c>
       <c r="C222" t="s">
         <v>578</v>
       </c>
       <c r="D222">
         <v>31</v>
       </c>
       <c r="E222" t="s">
         <v>579</v>
       </c>
       <c r="F222">
         <v>137</v>
       </c>
       <c r="G222" t="s">
         <v>580</v>
       </c>
       <c r="H222" t="s">
         <v>581</v>
       </c>
       <c r="I222" t="s">
         <v>582</v>
       </c>
       <c r="J222" t="s">
-        <v>583</v>
+        <v>353</v>
       </c>
       <c r="K222">
         <v>1</v>
       </c>
       <c r="L222" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="223" spans="1:12">
       <c r="A223">
         <v>230</v>
       </c>
       <c r="B223">
         <v>8</v>
       </c>
       <c r="C223" t="s">
         <v>578</v>
       </c>
       <c r="D223">
         <v>31</v>
       </c>
       <c r="E223" t="s">
         <v>579</v>
       </c>
       <c r="F223">
         <v>137</v>
       </c>
       <c r="G223" t="s">
         <v>580</v>
       </c>
       <c r="H223" t="s">
+        <v>583</v>
+      </c>
+      <c r="I223" t="s">
         <v>584</v>
       </c>
-      <c r="I223" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J223" t="s">
-        <v>583</v>
+        <v>353</v>
       </c>
       <c r="K223">
         <v>1</v>
       </c>
       <c r="L223" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="224" spans="1:12">
       <c r="A224">
         <v>231</v>
       </c>
       <c r="B224">
         <v>8</v>
       </c>
       <c r="C224" t="s">
         <v>578</v>
       </c>
       <c r="D224">
         <v>31</v>
       </c>
       <c r="E224" t="s">
         <v>579</v>
       </c>
       <c r="F224">
         <v>138</v>
       </c>
       <c r="G224" t="s">
+        <v>585</v>
+      </c>
+      <c r="H224" t="s">
         <v>586</v>
       </c>
-      <c r="H224" t="s">
+      <c r="I224" t="s">
         <v>587</v>
-      </c>
-[...1 lines deleted...]
-        <v>588</v>
       </c>
       <c r="J224" t="s">
         <v>156</v>
       </c>
       <c r="L224" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="225" spans="1:12">
       <c r="A225">
         <v>232</v>
       </c>
       <c r="B225">
         <v>8</v>
       </c>
       <c r="C225" t="s">
         <v>578</v>
       </c>
       <c r="D225">
         <v>31</v>
       </c>
       <c r="E225" t="s">
         <v>579</v>
       </c>
       <c r="F225">
         <v>138</v>
       </c>
       <c r="G225" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
       <c r="H225" t="s">
+        <v>588</v>
+      </c>
+      <c r="I225" t="s">
         <v>589</v>
-      </c>
-[...1 lines deleted...]
-        <v>590</v>
       </c>
       <c r="J225" t="s">
         <v>156</v>
       </c>
       <c r="L225" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="226" spans="1:12">
       <c r="A226">
         <v>233</v>
       </c>
       <c r="B226">
         <v>8</v>
       </c>
       <c r="C226" t="s">
         <v>578</v>
       </c>
       <c r="D226">
         <v>31</v>
       </c>
       <c r="E226" t="s">
         <v>579</v>
       </c>
       <c r="F226">
         <v>138</v>
       </c>
       <c r="G226" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
       <c r="H226" t="s">
+        <v>590</v>
+      </c>
+      <c r="I226" t="s">
         <v>591</v>
-      </c>
-[...1 lines deleted...]
-        <v>592</v>
       </c>
       <c r="J226" t="s">
         <v>156</v>
       </c>
       <c r="L226" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="227" spans="1:12">
       <c r="A227">
         <v>234</v>
       </c>
       <c r="B227">
         <v>8</v>
       </c>
       <c r="C227" t="s">
         <v>578</v>
       </c>
       <c r="D227">
         <v>31</v>
       </c>
       <c r="E227" t="s">
         <v>579</v>
       </c>
       <c r="F227">
         <v>138</v>
       </c>
       <c r="G227" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
       <c r="H227" t="s">
+        <v>592</v>
+      </c>
+      <c r="I227" t="s">
         <v>593</v>
-      </c>
-[...1 lines deleted...]
-        <v>594</v>
       </c>
       <c r="J227" t="s">
         <v>156</v>
       </c>
       <c r="L227" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="228" spans="1:12">
       <c r="A228">
         <v>235</v>
       </c>
       <c r="B228">
         <v>8</v>
       </c>
       <c r="C228" t="s">
         <v>578</v>
       </c>
       <c r="D228">
         <v>31</v>
       </c>
       <c r="E228" t="s">
         <v>579</v>
       </c>
       <c r="F228">
         <v>138</v>
       </c>
       <c r="G228" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
       <c r="H228" t="s">
+        <v>594</v>
+      </c>
+      <c r="I228" t="s">
         <v>595</v>
-      </c>
-[...1 lines deleted...]
-        <v>596</v>
       </c>
       <c r="J228" t="s">
         <v>156</v>
       </c>
       <c r="L228" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="229" spans="1:12">
       <c r="A229">
         <v>236</v>
       </c>
       <c r="B229">
         <v>8</v>
       </c>
       <c r="C229" t="s">
         <v>578</v>
       </c>
       <c r="D229">
         <v>31</v>
       </c>
       <c r="E229" t="s">
         <v>579</v>
       </c>
       <c r="F229">
         <v>138</v>
       </c>
       <c r="G229" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
       <c r="H229" t="s">
+        <v>596</v>
+      </c>
+      <c r="I229" t="s">
         <v>597</v>
-      </c>
-[...1 lines deleted...]
-        <v>598</v>
       </c>
       <c r="J229" t="s">
         <v>156</v>
       </c>
       <c r="L229" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="230" spans="1:12">
       <c r="A230">
         <v>237</v>
       </c>
       <c r="B230">
         <v>8</v>
       </c>
       <c r="C230" t="s">
         <v>578</v>
       </c>
       <c r="D230">
         <v>31</v>
       </c>
       <c r="E230" t="s">
         <v>579</v>
       </c>
       <c r="F230">
         <v>138</v>
       </c>
       <c r="G230" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
       <c r="H230" t="s">
+        <v>598</v>
+      </c>
+      <c r="I230" t="s">
         <v>599</v>
-      </c>
-[...1 lines deleted...]
-        <v>600</v>
       </c>
       <c r="J230" t="s">
         <v>156</v>
       </c>
       <c r="L230" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="231" spans="1:12">
       <c r="A231">
         <v>238</v>
       </c>
       <c r="B231">
         <v>8</v>
       </c>
       <c r="C231" t="s">
         <v>578</v>
       </c>
       <c r="D231">
         <v>31</v>
       </c>
       <c r="E231" t="s">
         <v>579</v>
       </c>
       <c r="F231">
         <v>138</v>
       </c>
       <c r="G231" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
       <c r="H231" t="s">
+        <v>600</v>
+      </c>
+      <c r="I231" t="s">
         <v>601</v>
-      </c>
-[...1 lines deleted...]
-        <v>602</v>
       </c>
       <c r="J231" t="s">
         <v>156</v>
       </c>
       <c r="L231" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="232" spans="1:12">
       <c r="A232">
         <v>239</v>
       </c>
       <c r="B232">
         <v>8</v>
       </c>
       <c r="C232" t="s">
         <v>578</v>
       </c>
       <c r="D232">
         <v>31</v>
       </c>
       <c r="E232" t="s">
         <v>579</v>
       </c>
       <c r="F232">
         <v>138</v>
       </c>
       <c r="G232" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
       <c r="H232" t="s">
+        <v>602</v>
+      </c>
+      <c r="I232" t="s">
         <v>603</v>
-      </c>
-[...1 lines deleted...]
-        <v>604</v>
       </c>
       <c r="J232" t="s">
         <v>156</v>
       </c>
       <c r="L232" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="233" spans="1:12">
       <c r="A233">
         <v>240</v>
       </c>
       <c r="B233">
         <v>8</v>
       </c>
       <c r="C233" t="s">
         <v>578</v>
       </c>
       <c r="D233">
         <v>31</v>
       </c>
       <c r="E233" t="s">
         <v>579</v>
       </c>
       <c r="F233">
         <v>139</v>
       </c>
       <c r="G233" t="s">
+        <v>604</v>
+      </c>
+      <c r="H233" t="s">
         <v>605</v>
       </c>
-      <c r="H233" t="s">
+      <c r="I233" t="s">
         <v>606</v>
-      </c>
-[...1 lines deleted...]
-        <v>607</v>
       </c>
       <c r="J233" t="s">
         <v>156</v>
       </c>
       <c r="L233" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="234" spans="1:12">
       <c r="A234">
-        <v>241</v>
+        <v>252</v>
       </c>
       <c r="B234">
         <v>8</v>
       </c>
       <c r="C234" t="s">
         <v>578</v>
       </c>
       <c r="D234">
         <v>32</v>
       </c>
       <c r="E234" t="s">
+        <v>607</v>
+      </c>
+      <c r="F234">
+        <v>141</v>
+      </c>
+      <c r="G234" t="s">
         <v>608</v>
       </c>
-      <c r="F234">
-[...2 lines deleted...]
-      <c r="G234" t="s">
+      <c r="H234" t="s">
         <v>609</v>
       </c>
-      <c r="H234" t="s">
+      <c r="I234" t="s">
         <v>610</v>
-      </c>
-[...1 lines deleted...]
-        <v>590</v>
       </c>
       <c r="J234" t="s">
         <v>611</v>
       </c>
       <c r="L234" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="235" spans="1:12">
       <c r="A235">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="B235">
         <v>8</v>
       </c>
       <c r="C235" t="s">
         <v>578</v>
       </c>
       <c r="D235">
         <v>32</v>
       </c>
       <c r="E235" t="s">
+        <v>607</v>
+      </c>
+      <c r="F235">
+        <v>141</v>
+      </c>
+      <c r="G235" t="s">
         <v>608</v>
-      </c>
-[...4 lines deleted...]
-        <v>609</v>
       </c>
       <c r="H235" t="s">
         <v>612</v>
       </c>
       <c r="I235" t="s">
-        <v>588</v>
+        <v>613</v>
       </c>
       <c r="J235" t="s">
         <v>611</v>
       </c>
       <c r="L235" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="236" spans="1:12">
       <c r="A236">
-        <v>243</v>
+        <v>254</v>
       </c>
       <c r="B236">
         <v>8</v>
       </c>
       <c r="C236" t="s">
         <v>578</v>
       </c>
       <c r="D236">
         <v>32</v>
       </c>
       <c r="E236" t="s">
+        <v>607</v>
+      </c>
+      <c r="F236">
+        <v>141</v>
+      </c>
+      <c r="G236" t="s">
         <v>608</v>
       </c>
-      <c r="F236">
-[...4 lines deleted...]
-      </c>
       <c r="H236" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="I236" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="J236" t="s">
         <v>611</v>
       </c>
       <c r="L236" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="237" spans="1:12">
       <c r="A237">
-        <v>244</v>
+        <v>255</v>
       </c>
       <c r="B237">
         <v>8</v>
       </c>
       <c r="C237" t="s">
         <v>578</v>
       </c>
       <c r="D237">
         <v>32</v>
       </c>
       <c r="E237" t="s">
+        <v>607</v>
+      </c>
+      <c r="F237">
+        <v>141</v>
+      </c>
+      <c r="G237" t="s">
         <v>608</v>
       </c>
-      <c r="F237">
-[...4 lines deleted...]
-      </c>
       <c r="H237" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="I237" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="J237" t="s">
         <v>611</v>
       </c>
       <c r="L237" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="238" spans="1:12">
       <c r="A238">
-        <v>245</v>
+        <v>256</v>
       </c>
       <c r="B238">
         <v>8</v>
       </c>
       <c r="C238" t="s">
         <v>578</v>
       </c>
       <c r="D238">
         <v>32</v>
       </c>
       <c r="E238" t="s">
+        <v>607</v>
+      </c>
+      <c r="F238">
+        <v>141</v>
+      </c>
+      <c r="G238" t="s">
         <v>608</v>
       </c>
-      <c r="F238">
-[...4 lines deleted...]
-      </c>
       <c r="H238" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="I238" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="J238" t="s">
         <v>611</v>
       </c>
       <c r="L238" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="239" spans="1:12">
       <c r="A239">
-        <v>246</v>
+        <v>257</v>
       </c>
       <c r="B239">
         <v>8</v>
       </c>
       <c r="C239" t="s">
         <v>578</v>
       </c>
       <c r="D239">
         <v>32</v>
       </c>
       <c r="E239" t="s">
+        <v>607</v>
+      </c>
+      <c r="F239">
+        <v>141</v>
+      </c>
+      <c r="G239" t="s">
         <v>608</v>
       </c>
-      <c r="F239">
-[...4 lines deleted...]
-      </c>
       <c r="H239" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="I239" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="J239" t="s">
         <v>611</v>
       </c>
       <c r="L239" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="240" spans="1:12">
       <c r="A240">
-        <v>247</v>
+        <v>258</v>
       </c>
       <c r="B240">
         <v>8</v>
       </c>
       <c r="C240" t="s">
         <v>578</v>
       </c>
       <c r="D240">
         <v>32</v>
       </c>
       <c r="E240" t="s">
+        <v>607</v>
+      </c>
+      <c r="F240">
+        <v>141</v>
+      </c>
+      <c r="G240" t="s">
         <v>608</v>
       </c>
-      <c r="F240">
-[...4 lines deleted...]
-      </c>
       <c r="H240" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="I240" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="J240" t="s">
         <v>611</v>
       </c>
       <c r="L240" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="241" spans="1:12">
       <c r="A241">
-        <v>248</v>
+        <v>259</v>
       </c>
       <c r="B241">
         <v>8</v>
       </c>
       <c r="C241" t="s">
         <v>578</v>
       </c>
       <c r="D241">
         <v>32</v>
       </c>
       <c r="E241" t="s">
+        <v>607</v>
+      </c>
+      <c r="F241">
+        <v>141</v>
+      </c>
+      <c r="G241" t="s">
         <v>608</v>
       </c>
-      <c r="F241">
-[...4 lines deleted...]
-      </c>
       <c r="H241" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="I241" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="J241" t="s">
         <v>611</v>
       </c>
       <c r="L241" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="242" spans="1:12">
       <c r="A242">
-        <v>249</v>
+        <v>260</v>
       </c>
       <c r="B242">
         <v>8</v>
       </c>
       <c r="C242" t="s">
         <v>578</v>
       </c>
       <c r="D242">
         <v>32</v>
       </c>
       <c r="E242" t="s">
+        <v>607</v>
+      </c>
+      <c r="F242">
+        <v>141</v>
+      </c>
+      <c r="G242" t="s">
         <v>608</v>
       </c>
-      <c r="F242">
-[...4 lines deleted...]
-      </c>
       <c r="H242" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="I242" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="J242" t="s">
         <v>611</v>
       </c>
       <c r="L242" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="243" spans="1:12">
       <c r="A243">
-        <v>250</v>
+        <v>261</v>
       </c>
       <c r="B243">
         <v>8</v>
       </c>
       <c r="C243" t="s">
         <v>578</v>
       </c>
       <c r="D243">
         <v>32</v>
       </c>
       <c r="E243" t="s">
+        <v>607</v>
+      </c>
+      <c r="F243">
+        <v>141</v>
+      </c>
+      <c r="G243" t="s">
         <v>608</v>
       </c>
-      <c r="F243">
-[...4 lines deleted...]
-      </c>
       <c r="H243" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="I243" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="J243" t="s">
         <v>611</v>
       </c>
       <c r="L243" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="244" spans="1:12">
       <c r="A244">
-        <v>251</v>
+        <v>262</v>
       </c>
       <c r="B244">
         <v>8</v>
       </c>
       <c r="C244" t="s">
         <v>578</v>
       </c>
       <c r="D244">
         <v>32</v>
       </c>
       <c r="E244" t="s">
+        <v>607</v>
+      </c>
+      <c r="F244">
+        <v>141</v>
+      </c>
+      <c r="G244" t="s">
         <v>608</v>
       </c>
-      <c r="F244">
-[...4 lines deleted...]
-      </c>
       <c r="H244" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="I244" t="s">
-        <v>307</v>
+        <v>631</v>
       </c>
       <c r="J244" t="s">
         <v>611</v>
       </c>
       <c r="L244" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="245" spans="1:12">
       <c r="A245">
-        <v>252</v>
+        <v>263</v>
       </c>
       <c r="B245">
         <v>8</v>
       </c>
       <c r="C245" t="s">
         <v>578</v>
       </c>
       <c r="D245">
         <v>32</v>
       </c>
       <c r="E245" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F245">
         <v>141</v>
       </c>
       <c r="G245" t="s">
-        <v>630</v>
+        <v>608</v>
       </c>
       <c r="H245" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="I245" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="J245" t="s">
         <v>611</v>
       </c>
       <c r="L245" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="246" spans="1:12">
       <c r="A246">
-        <v>253</v>
+        <v>264</v>
       </c>
       <c r="B246">
         <v>8</v>
       </c>
       <c r="C246" t="s">
         <v>578</v>
       </c>
       <c r="D246">
         <v>32</v>
       </c>
       <c r="E246" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F246">
         <v>141</v>
       </c>
       <c r="G246" t="s">
-        <v>630</v>
+        <v>608</v>
       </c>
       <c r="H246" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="I246" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="J246" t="s">
         <v>611</v>
       </c>
       <c r="L246" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="247" spans="1:12">
       <c r="A247">
-        <v>254</v>
+        <v>265</v>
       </c>
       <c r="B247">
         <v>8</v>
       </c>
       <c r="C247" t="s">
         <v>578</v>
       </c>
       <c r="D247">
         <v>32</v>
       </c>
       <c r="E247" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F247">
         <v>141</v>
       </c>
       <c r="G247" t="s">
-        <v>630</v>
+        <v>608</v>
       </c>
       <c r="H247" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="I247" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="J247" t="s">
         <v>611</v>
       </c>
       <c r="L247" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="248" spans="1:12">
       <c r="A248">
-        <v>255</v>
+        <v>266</v>
       </c>
       <c r="B248">
         <v>8</v>
       </c>
       <c r="C248" t="s">
         <v>578</v>
       </c>
       <c r="D248">
         <v>32</v>
       </c>
       <c r="E248" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F248">
         <v>141</v>
       </c>
       <c r="G248" t="s">
-        <v>630</v>
+        <v>608</v>
       </c>
       <c r="H248" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="I248" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="J248" t="s">
         <v>611</v>
       </c>
       <c r="L248" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="249" spans="1:12">
       <c r="A249">
-        <v>256</v>
+        <v>267</v>
       </c>
       <c r="B249">
         <v>8</v>
       </c>
       <c r="C249" t="s">
         <v>578</v>
       </c>
       <c r="D249">
         <v>32</v>
       </c>
       <c r="E249" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F249">
         <v>141</v>
       </c>
       <c r="G249" t="s">
-        <v>630</v>
+        <v>608</v>
       </c>
       <c r="H249" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="I249" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="J249" t="s">
         <v>611</v>
       </c>
       <c r="L249" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="250" spans="1:12">
       <c r="A250">
-        <v>257</v>
+        <v>268</v>
       </c>
       <c r="B250">
         <v>8</v>
       </c>
       <c r="C250" t="s">
         <v>578</v>
       </c>
       <c r="D250">
         <v>32</v>
       </c>
       <c r="E250" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F250">
         <v>141</v>
       </c>
       <c r="G250" t="s">
-        <v>630</v>
+        <v>608</v>
       </c>
       <c r="H250" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="I250" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="J250" t="s">
         <v>611</v>
       </c>
       <c r="L250" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="251" spans="1:12">
       <c r="A251">
-        <v>258</v>
+        <v>269</v>
       </c>
       <c r="B251">
         <v>8</v>
       </c>
       <c r="C251" t="s">
         <v>578</v>
       </c>
       <c r="D251">
         <v>32</v>
       </c>
       <c r="E251" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F251">
         <v>141</v>
       </c>
       <c r="G251" t="s">
-        <v>630</v>
+        <v>608</v>
       </c>
       <c r="H251" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="I251" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="J251" t="s">
         <v>611</v>
       </c>
       <c r="L251" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="252" spans="1:12">
       <c r="A252">
-        <v>259</v>
+        <v>270</v>
       </c>
       <c r="B252">
         <v>8</v>
       </c>
       <c r="C252" t="s">
         <v>578</v>
       </c>
       <c r="D252">
         <v>32</v>
       </c>
       <c r="E252" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F252">
         <v>141</v>
       </c>
       <c r="G252" t="s">
-        <v>630</v>
+        <v>608</v>
       </c>
       <c r="H252" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="I252" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="J252" t="s">
         <v>611</v>
       </c>
       <c r="L252" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="253" spans="1:12">
       <c r="A253">
-        <v>260</v>
+        <v>271</v>
       </c>
       <c r="B253">
         <v>8</v>
       </c>
       <c r="C253" t="s">
         <v>578</v>
       </c>
       <c r="D253">
         <v>32</v>
       </c>
       <c r="E253" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F253">
         <v>141</v>
       </c>
       <c r="G253" t="s">
-        <v>630</v>
+        <v>608</v>
       </c>
       <c r="H253" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="I253" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="J253" t="s">
         <v>611</v>
       </c>
       <c r="L253" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="254" spans="1:12">
       <c r="A254">
-        <v>261</v>
+        <v>272</v>
       </c>
       <c r="B254">
         <v>8</v>
       </c>
       <c r="C254" t="s">
         <v>578</v>
       </c>
       <c r="D254">
         <v>32</v>
       </c>
       <c r="E254" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F254">
         <v>141</v>
       </c>
       <c r="G254" t="s">
-        <v>630</v>
+        <v>608</v>
       </c>
       <c r="H254" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="I254" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="J254" t="s">
         <v>611</v>
       </c>
       <c r="L254" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="255" spans="1:12">
       <c r="A255">
-        <v>262</v>
+        <v>273</v>
       </c>
       <c r="B255">
         <v>8</v>
       </c>
       <c r="C255" t="s">
         <v>578</v>
       </c>
       <c r="D255">
         <v>32</v>
       </c>
       <c r="E255" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F255">
         <v>141</v>
       </c>
       <c r="G255" t="s">
-        <v>630</v>
+        <v>608</v>
       </c>
       <c r="H255" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="I255" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="J255" t="s">
         <v>611</v>
       </c>
       <c r="L255" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="256" spans="1:12">
       <c r="A256">
-        <v>263</v>
+        <v>274</v>
       </c>
       <c r="B256">
         <v>8</v>
       </c>
       <c r="C256" t="s">
         <v>578</v>
       </c>
       <c r="D256">
         <v>32</v>
       </c>
       <c r="E256" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F256">
         <v>141</v>
       </c>
       <c r="G256" t="s">
-        <v>630</v>
+        <v>608</v>
       </c>
       <c r="H256" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="I256" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="J256" t="s">
         <v>611</v>
       </c>
       <c r="L256" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="257" spans="1:12">
       <c r="A257">
-        <v>264</v>
+        <v>275</v>
       </c>
       <c r="B257">
         <v>8</v>
       </c>
       <c r="C257" t="s">
         <v>578</v>
       </c>
       <c r="D257">
         <v>32</v>
       </c>
       <c r="E257" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F257">
         <v>141</v>
       </c>
       <c r="G257" t="s">
-        <v>630</v>
+        <v>608</v>
       </c>
       <c r="H257" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="I257" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="J257" t="s">
         <v>611</v>
       </c>
       <c r="L257" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="258" spans="1:12">
       <c r="A258">
-        <v>265</v>
+        <v>276</v>
       </c>
       <c r="B258">
         <v>8</v>
       </c>
       <c r="C258" t="s">
         <v>578</v>
       </c>
       <c r="D258">
         <v>32</v>
       </c>
       <c r="E258" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F258">
         <v>141</v>
       </c>
       <c r="G258" t="s">
-        <v>630</v>
+        <v>608</v>
       </c>
       <c r="H258" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="I258" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="J258" t="s">
         <v>611</v>
       </c>
       <c r="L258" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="259" spans="1:12">
       <c r="A259">
-        <v>266</v>
+        <v>277</v>
       </c>
       <c r="B259">
         <v>8</v>
       </c>
       <c r="C259" t="s">
         <v>578</v>
       </c>
       <c r="D259">
         <v>32</v>
       </c>
       <c r="E259" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F259">
         <v>141</v>
       </c>
       <c r="G259" t="s">
-        <v>630</v>
+        <v>608</v>
       </c>
       <c r="H259" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="I259" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="J259" t="s">
         <v>611</v>
       </c>
       <c r="L259" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="260" spans="1:12">
       <c r="A260">
-        <v>267</v>
+        <v>278</v>
       </c>
       <c r="B260">
         <v>8</v>
       </c>
       <c r="C260" t="s">
         <v>578</v>
       </c>
       <c r="D260">
         <v>32</v>
       </c>
       <c r="E260" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F260">
         <v>141</v>
       </c>
       <c r="G260" t="s">
-        <v>630</v>
+        <v>608</v>
       </c>
       <c r="H260" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="I260" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="J260" t="s">
         <v>611</v>
       </c>
       <c r="L260" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="261" spans="1:12">
       <c r="A261">
-        <v>268</v>
+        <v>279</v>
       </c>
       <c r="B261">
         <v>8</v>
       </c>
       <c r="C261" t="s">
         <v>578</v>
       </c>
       <c r="D261">
         <v>32</v>
       </c>
       <c r="E261" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F261">
         <v>141</v>
       </c>
       <c r="G261" t="s">
-        <v>630</v>
+        <v>608</v>
       </c>
       <c r="H261" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="I261" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="J261" t="s">
         <v>611</v>
       </c>
       <c r="L261" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="262" spans="1:12">
       <c r="A262">
-        <v>269</v>
+        <v>280</v>
       </c>
       <c r="B262">
         <v>8</v>
       </c>
       <c r="C262" t="s">
         <v>578</v>
       </c>
       <c r="D262">
         <v>32</v>
       </c>
       <c r="E262" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F262">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="G262" t="s">
-        <v>630</v>
+        <v>666</v>
       </c>
       <c r="H262" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="I262" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="J262" t="s">
-        <v>611</v>
+        <v>669</v>
       </c>
       <c r="L262" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="263" spans="1:12">
       <c r="A263">
-        <v>270</v>
+        <v>281</v>
       </c>
       <c r="B263">
         <v>8</v>
       </c>
       <c r="C263" t="s">
         <v>578</v>
       </c>
       <c r="D263">
         <v>32</v>
       </c>
       <c r="E263" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F263">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="G263" t="s">
-        <v>630</v>
+        <v>666</v>
       </c>
       <c r="H263" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="I263" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="J263" t="s">
-        <v>611</v>
+        <v>669</v>
       </c>
       <c r="L263" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="264" spans="1:12">
       <c r="A264">
-        <v>271</v>
+        <v>282</v>
       </c>
       <c r="B264">
         <v>8</v>
       </c>
       <c r="C264" t="s">
         <v>578</v>
       </c>
       <c r="D264">
         <v>32</v>
       </c>
       <c r="E264" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F264">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="G264" t="s">
-        <v>630</v>
+        <v>666</v>
       </c>
       <c r="H264" t="s">
+        <v>672</v>
+      </c>
+      <c r="I264" t="s">
+        <v>673</v>
+      </c>
+      <c r="J264" t="s">
         <v>669</v>
-      </c>
-[...4 lines deleted...]
-        <v>611</v>
       </c>
       <c r="L264" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="265" spans="1:12">
       <c r="A265">
-        <v>272</v>
+        <v>283</v>
       </c>
       <c r="B265">
         <v>8</v>
       </c>
       <c r="C265" t="s">
         <v>578</v>
       </c>
       <c r="D265">
         <v>32</v>
       </c>
       <c r="E265" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F265">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="G265" t="s">
-        <v>630</v>
+        <v>666</v>
       </c>
       <c r="H265" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="I265" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="J265" t="s">
-        <v>611</v>
+        <v>669</v>
       </c>
       <c r="L265" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="266" spans="1:12">
       <c r="A266">
-        <v>273</v>
+        <v>284</v>
       </c>
       <c r="B266">
         <v>8</v>
       </c>
       <c r="C266" t="s">
         <v>578</v>
       </c>
       <c r="D266">
         <v>32</v>
       </c>
       <c r="E266" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F266">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="G266" t="s">
-        <v>630</v>
+        <v>666</v>
       </c>
       <c r="H266" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="I266" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="J266" t="s">
-        <v>611</v>
+        <v>669</v>
       </c>
       <c r="L266" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="267" spans="1:12">
       <c r="A267">
-        <v>274</v>
+        <v>285</v>
       </c>
       <c r="B267">
         <v>8</v>
       </c>
       <c r="C267" t="s">
         <v>578</v>
       </c>
       <c r="D267">
         <v>32</v>
       </c>
       <c r="E267" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F267">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="G267" t="s">
-        <v>630</v>
+        <v>666</v>
       </c>
       <c r="H267" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="I267" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="J267" t="s">
-        <v>611</v>
+        <v>669</v>
       </c>
       <c r="L267" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="268" spans="1:12">
       <c r="A268">
-        <v>275</v>
+        <v>286</v>
       </c>
       <c r="B268">
         <v>8</v>
       </c>
       <c r="C268" t="s">
         <v>578</v>
       </c>
       <c r="D268">
         <v>32</v>
       </c>
       <c r="E268" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F268">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="G268" t="s">
-        <v>630</v>
+        <v>666</v>
       </c>
       <c r="H268" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="I268" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="J268" t="s">
-        <v>611</v>
+        <v>669</v>
       </c>
       <c r="L268" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="269" spans="1:12">
       <c r="A269">
-        <v>276</v>
+        <v>287</v>
       </c>
       <c r="B269">
         <v>8</v>
       </c>
       <c r="C269" t="s">
         <v>578</v>
       </c>
       <c r="D269">
         <v>32</v>
       </c>
       <c r="E269" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F269">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="G269" t="s">
-        <v>630</v>
+        <v>666</v>
       </c>
       <c r="H269" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="I269" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="J269" t="s">
-        <v>611</v>
+        <v>669</v>
       </c>
       <c r="L269" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="270" spans="1:12">
       <c r="A270">
-        <v>277</v>
+        <v>288</v>
       </c>
       <c r="B270">
         <v>8</v>
       </c>
       <c r="C270" t="s">
         <v>578</v>
       </c>
       <c r="D270">
         <v>32</v>
       </c>
       <c r="E270" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F270">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="G270" t="s">
-        <v>630</v>
+        <v>666</v>
       </c>
       <c r="H270" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="I270" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="J270" t="s">
-        <v>611</v>
+        <v>669</v>
       </c>
       <c r="L270" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="271" spans="1:12">
       <c r="A271">
-        <v>278</v>
+        <v>289</v>
       </c>
       <c r="B271">
         <v>8</v>
       </c>
       <c r="C271" t="s">
         <v>578</v>
       </c>
       <c r="D271">
         <v>32</v>
       </c>
       <c r="E271" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F271">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G271" t="s">
-        <v>630</v>
+        <v>686</v>
       </c>
       <c r="H271" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="I271" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="J271" t="s">
-        <v>611</v>
+        <v>689</v>
       </c>
       <c r="L271" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="272" spans="1:12">
       <c r="A272">
-        <v>279</v>
+        <v>290</v>
       </c>
       <c r="B272">
         <v>8</v>
       </c>
       <c r="C272" t="s">
         <v>578</v>
       </c>
       <c r="D272">
         <v>32</v>
       </c>
       <c r="E272" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F272">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G272" t="s">
-        <v>630</v>
+        <v>686</v>
       </c>
       <c r="H272" t="s">
-        <v>685</v>
+        <v>690</v>
       </c>
       <c r="I272" t="s">
-        <v>686</v>
+        <v>691</v>
       </c>
       <c r="J272" t="s">
-        <v>611</v>
+        <v>689</v>
       </c>
       <c r="L272" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="273" spans="1:12">
       <c r="A273">
-        <v>280</v>
+        <v>291</v>
       </c>
       <c r="B273">
         <v>8</v>
       </c>
       <c r="C273" t="s">
         <v>578</v>
       </c>
       <c r="D273">
         <v>32</v>
       </c>
       <c r="E273" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F273">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="G273" t="s">
-        <v>687</v>
+        <v>686</v>
       </c>
       <c r="H273" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="I273" t="s">
+        <v>693</v>
+      </c>
+      <c r="J273" t="s">
         <v>689</v>
-      </c>
-[...1 lines deleted...]
-        <v>690</v>
       </c>
       <c r="L273" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="274" spans="1:12">
       <c r="A274">
-        <v>281</v>
+        <v>292</v>
       </c>
       <c r="B274">
         <v>8</v>
       </c>
       <c r="C274" t="s">
         <v>578</v>
       </c>
       <c r="D274">
         <v>32</v>
       </c>
       <c r="E274" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F274">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="G274" t="s">
-        <v>687</v>
+        <v>686</v>
       </c>
       <c r="H274" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="I274" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="J274" t="s">
-        <v>690</v>
+        <v>689</v>
       </c>
       <c r="L274" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="275" spans="1:12">
       <c r="A275">
-        <v>282</v>
+        <v>293</v>
       </c>
       <c r="B275">
         <v>8</v>
       </c>
       <c r="C275" t="s">
         <v>578</v>
       </c>
       <c r="D275">
         <v>32</v>
       </c>
       <c r="E275" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F275">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="G275" t="s">
-        <v>687</v>
+        <v>686</v>
       </c>
       <c r="H275" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="I275" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="J275" t="s">
-        <v>690</v>
+        <v>689</v>
       </c>
       <c r="L275" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="276" spans="1:12">
       <c r="A276">
-        <v>283</v>
+        <v>294</v>
       </c>
       <c r="B276">
         <v>8</v>
       </c>
       <c r="C276" t="s">
         <v>578</v>
       </c>
       <c r="D276">
         <v>32</v>
       </c>
       <c r="E276" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F276">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="G276" t="s">
-        <v>687</v>
+        <v>686</v>
       </c>
       <c r="H276" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="I276" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="J276" t="s">
-        <v>690</v>
+        <v>689</v>
       </c>
       <c r="L276" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="277" spans="1:12">
       <c r="A277">
-        <v>284</v>
+        <v>295</v>
       </c>
       <c r="B277">
         <v>8</v>
       </c>
       <c r="C277" t="s">
         <v>578</v>
       </c>
       <c r="D277">
         <v>32</v>
       </c>
       <c r="E277" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F277">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="G277" t="s">
-        <v>687</v>
+        <v>700</v>
       </c>
       <c r="H277" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="I277" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="J277" t="s">
-        <v>690</v>
+        <v>703</v>
       </c>
       <c r="L277" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="278" spans="1:12">
       <c r="A278">
-        <v>285</v>
+        <v>296</v>
       </c>
       <c r="B278">
         <v>8</v>
       </c>
       <c r="C278" t="s">
         <v>578</v>
       </c>
       <c r="D278">
         <v>32</v>
       </c>
       <c r="E278" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F278">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="G278" t="s">
-        <v>687</v>
+        <v>700</v>
       </c>
       <c r="H278" t="s">
-        <v>699</v>
+        <v>704</v>
       </c>
       <c r="I278" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="J278" t="s">
-        <v>690</v>
+        <v>703</v>
       </c>
       <c r="L278" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="279" spans="1:12">
       <c r="A279">
-        <v>286</v>
+        <v>297</v>
       </c>
       <c r="B279">
         <v>8</v>
       </c>
       <c r="C279" t="s">
         <v>578</v>
       </c>
       <c r="D279">
         <v>32</v>
       </c>
       <c r="E279" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F279">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="G279" t="s">
-        <v>687</v>
+        <v>700</v>
       </c>
       <c r="H279" t="s">
-        <v>701</v>
+        <v>706</v>
       </c>
       <c r="I279" t="s">
-        <v>702</v>
+        <v>707</v>
       </c>
       <c r="J279" t="s">
-        <v>690</v>
+        <v>703</v>
       </c>
       <c r="L279" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="280" spans="1:12">
       <c r="A280">
-        <v>287</v>
+        <v>298</v>
       </c>
       <c r="B280">
         <v>8</v>
       </c>
       <c r="C280" t="s">
         <v>578</v>
       </c>
       <c r="D280">
         <v>32</v>
       </c>
       <c r="E280" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F280">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="G280" t="s">
-        <v>687</v>
+        <v>708</v>
       </c>
       <c r="H280" t="s">
-        <v>703</v>
+        <v>709</v>
       </c>
       <c r="I280" t="s">
-        <v>704</v>
+        <v>710</v>
       </c>
       <c r="J280" t="s">
-        <v>690</v>
+        <v>17</v>
+      </c>
+      <c r="K280">
+        <v>1</v>
       </c>
       <c r="L280" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="281" spans="1:12">
       <c r="A281">
-        <v>288</v>
+        <v>299</v>
       </c>
       <c r="B281">
         <v>8</v>
       </c>
       <c r="C281" t="s">
         <v>578</v>
       </c>
       <c r="D281">
         <v>32</v>
       </c>
       <c r="E281" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F281">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="G281" t="s">
-        <v>687</v>
+        <v>711</v>
       </c>
       <c r="H281" t="s">
-        <v>705</v>
+        <v>712</v>
       </c>
       <c r="I281" t="s">
-        <v>706</v>
+        <v>713</v>
       </c>
       <c r="J281" t="s">
-        <v>690</v>
+        <v>17</v>
+      </c>
+      <c r="K281">
+        <v>1</v>
       </c>
       <c r="L281" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="282" spans="1:12">
       <c r="A282">
-        <v>289</v>
+        <v>300</v>
       </c>
       <c r="B282">
         <v>8</v>
       </c>
       <c r="C282" t="s">
         <v>578</v>
       </c>
       <c r="D282">
         <v>32</v>
       </c>
       <c r="E282" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F282">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="G282" t="s">
-        <v>707</v>
+        <v>714</v>
       </c>
       <c r="H282" t="s">
-        <v>708</v>
+        <v>715</v>
       </c>
       <c r="I282" t="s">
-        <v>709</v>
+        <v>716</v>
       </c>
       <c r="J282" t="s">
-        <v>710</v>
+        <v>153</v>
       </c>
       <c r="L282" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="283" spans="1:12">
       <c r="A283">
-        <v>290</v>
+        <v>301</v>
       </c>
       <c r="B283">
         <v>8</v>
       </c>
       <c r="C283" t="s">
         <v>578</v>
       </c>
       <c r="D283">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E283" t="s">
-        <v>608</v>
+        <v>717</v>
       </c>
       <c r="F283">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="G283" t="s">
-        <v>707</v>
+        <v>718</v>
       </c>
       <c r="H283" t="s">
-        <v>711</v>
+        <v>719</v>
       </c>
       <c r="I283" t="s">
-        <v>712</v>
+        <v>719</v>
       </c>
       <c r="J283" t="s">
-        <v>710</v>
+        <v>669</v>
       </c>
       <c r="L283" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="284" spans="1:12">
       <c r="A284">
-        <v>291</v>
+        <v>303</v>
       </c>
       <c r="B284">
         <v>8</v>
       </c>
       <c r="C284" t="s">
         <v>578</v>
       </c>
       <c r="D284">
         <v>32</v>
       </c>
       <c r="E284" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F284">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="G284" t="s">
-        <v>707</v>
+        <v>720</v>
       </c>
       <c r="H284" t="s">
-        <v>713</v>
+        <v>721</v>
       </c>
       <c r="I284" t="s">
-        <v>714</v>
+        <v>589</v>
       </c>
       <c r="J284" t="s">
-        <v>710</v>
+        <v>611</v>
       </c>
       <c r="L284" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="285" spans="1:12">
       <c r="A285">
-        <v>292</v>
+        <v>304</v>
       </c>
       <c r="B285">
         <v>8</v>
       </c>
       <c r="C285" t="s">
         <v>578</v>
       </c>
       <c r="D285">
         <v>32</v>
       </c>
       <c r="E285" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F285">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="G285" t="s">
-        <v>707</v>
+        <v>720</v>
       </c>
       <c r="H285" t="s">
-        <v>715</v>
+        <v>722</v>
       </c>
       <c r="I285" t="s">
-        <v>716</v>
+        <v>587</v>
       </c>
       <c r="J285" t="s">
-        <v>710</v>
+        <v>611</v>
       </c>
       <c r="L285" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="286" spans="1:12">
       <c r="A286">
-        <v>293</v>
+        <v>305</v>
       </c>
       <c r="B286">
         <v>8</v>
       </c>
       <c r="C286" t="s">
         <v>578</v>
       </c>
       <c r="D286">
         <v>32</v>
       </c>
       <c r="E286" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F286">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="G286" t="s">
-        <v>707</v>
+        <v>720</v>
       </c>
       <c r="H286" t="s">
-        <v>717</v>
+        <v>723</v>
       </c>
       <c r="I286" t="s">
-        <v>718</v>
+        <v>724</v>
       </c>
       <c r="J286" t="s">
-        <v>710</v>
+        <v>611</v>
       </c>
       <c r="L286" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="287" spans="1:12">
       <c r="A287">
-        <v>294</v>
+        <v>306</v>
       </c>
       <c r="B287">
         <v>8</v>
       </c>
       <c r="C287" t="s">
         <v>578</v>
       </c>
       <c r="D287">
         <v>32</v>
       </c>
       <c r="E287" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F287">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="G287" t="s">
-        <v>707</v>
+        <v>720</v>
       </c>
       <c r="H287" t="s">
-        <v>719</v>
+        <v>725</v>
       </c>
       <c r="I287" t="s">
-        <v>720</v>
+        <v>726</v>
       </c>
       <c r="J287" t="s">
-        <v>710</v>
+        <v>611</v>
       </c>
       <c r="L287" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="288" spans="1:12">
       <c r="A288">
-        <v>295</v>
+        <v>307</v>
       </c>
       <c r="B288">
         <v>8</v>
       </c>
       <c r="C288" t="s">
         <v>578</v>
       </c>
       <c r="D288">
         <v>32</v>
       </c>
       <c r="E288" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F288">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="G288" t="s">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="H288" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
       <c r="I288" t="s">
-        <v>723</v>
+        <v>728</v>
       </c>
       <c r="J288" t="s">
-        <v>724</v>
+        <v>611</v>
       </c>
       <c r="L288" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="289" spans="1:12">
       <c r="A289">
-        <v>296</v>
+        <v>308</v>
       </c>
       <c r="B289">
         <v>8</v>
       </c>
       <c r="C289" t="s">
         <v>578</v>
       </c>
       <c r="D289">
         <v>32</v>
       </c>
       <c r="E289" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F289">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="G289" t="s">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="H289" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="I289" t="s">
-        <v>726</v>
+        <v>730</v>
       </c>
       <c r="J289" t="s">
-        <v>724</v>
+        <v>611</v>
       </c>
       <c r="L289" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="290" spans="1:12">
       <c r="A290">
-        <v>297</v>
+        <v>309</v>
       </c>
       <c r="B290">
         <v>8</v>
       </c>
       <c r="C290" t="s">
         <v>578</v>
       </c>
       <c r="D290">
         <v>32</v>
       </c>
       <c r="E290" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F290">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="G290" t="s">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="H290" t="s">
-        <v>727</v>
+        <v>731</v>
       </c>
       <c r="I290" t="s">
-        <v>728</v>
+        <v>732</v>
       </c>
       <c r="J290" t="s">
-        <v>724</v>
+        <v>611</v>
       </c>
       <c r="L290" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="291" spans="1:12">
       <c r="A291">
-        <v>298</v>
+        <v>310</v>
       </c>
       <c r="B291">
         <v>8</v>
       </c>
       <c r="C291" t="s">
         <v>578</v>
       </c>
       <c r="D291">
         <v>32</v>
       </c>
       <c r="E291" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F291">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="G291" t="s">
-        <v>729</v>
+        <v>720</v>
       </c>
       <c r="H291" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="I291" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="J291" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>611</v>
       </c>
       <c r="L291" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="292" spans="1:12">
       <c r="A292">
-        <v>299</v>
+        <v>311</v>
       </c>
       <c r="B292">
         <v>8</v>
       </c>
       <c r="C292" t="s">
         <v>578</v>
       </c>
       <c r="D292">
         <v>32</v>
       </c>
       <c r="E292" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F292">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="G292" t="s">
-        <v>732</v>
+        <v>720</v>
       </c>
       <c r="H292" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="I292" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="J292" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>611</v>
       </c>
       <c r="L292" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="293" spans="1:12">
       <c r="A293">
-        <v>300</v>
+        <v>312</v>
       </c>
       <c r="B293">
         <v>8</v>
       </c>
       <c r="C293" t="s">
         <v>578</v>
       </c>
       <c r="D293">
         <v>32</v>
       </c>
       <c r="E293" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F293">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="G293" t="s">
-        <v>735</v>
+        <v>720</v>
       </c>
       <c r="H293" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="I293" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="J293" t="s">
-        <v>153</v>
+        <v>611</v>
       </c>
       <c r="L293" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="294" spans="1:12">
       <c r="A294">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="B294">
         <v>8</v>
       </c>
       <c r="C294" t="s">
         <v>578</v>
       </c>
       <c r="D294">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="E294" t="s">
-        <v>738</v>
+        <v>607</v>
       </c>
       <c r="F294">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="G294" t="s">
+        <v>720</v>
+      </c>
+      <c r="H294" t="s">
         <v>739</v>
       </c>
-      <c r="H294" t="s">
+      <c r="I294" t="s">
+        <v>307</v>
+      </c>
+      <c r="J294" t="s">
+        <v>611</v>
+      </c>
+      <c r="L294" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="295" spans="1:12">
+      <c r="A295">
+        <v>314</v>
+      </c>
+      <c r="B295">
+        <v>8</v>
+      </c>
+      <c r="C295" t="s">
+        <v>578</v>
+      </c>
+      <c r="D295">
+        <v>32</v>
+      </c>
+      <c r="E295" t="s">
+        <v>607</v>
+      </c>
+      <c r="F295">
+        <v>150</v>
+      </c>
+      <c r="G295" t="s">
+        <v>720</v>
+      </c>
+      <c r="H295" t="s">
         <v>740</v>
       </c>
-      <c r="I294" t="s">
-[...5 lines deleted...]
-      <c r="L294" t="s">
+      <c r="I295" t="s">
+        <v>741</v>
+      </c>
+      <c r="J295" t="s">
+        <v>611</v>
+      </c>
+      <c r="L295" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>